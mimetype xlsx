--- v0 (2025-12-19)
+++ v1 (2026-03-19)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Amherstburg Pickleball Association</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>32931:typeValue:101</t>
   </si>
   <si>
     <t>32931:typeValue:106</t>
   </si>
   <si>
     <t>32931:typeValue:102</t>
   </si>
   <si>
     <t>32931:typeValue:103</t>
   </si>
   <si>
@@ -219,68 +219,50 @@
     <t>Prince Edward Pickleball Club</t>
   </si>
   <si>
     <t>Quinte Pickleball Association</t>
   </si>
   <si>
     <t>Ramsden Pickleball</t>
   </si>
   <si>
     <t>Richmond Hill Pickleball Club</t>
   </si>
   <si>
     <t>Sarnia Grace Pickleball</t>
   </si>
   <si>
     <t>Sarnia Lambton Pickleball Club</t>
   </si>
   <si>
     <t>Steeltown Queer Pickleball Club</t>
   </si>
   <si>
     <t>Tillsonburg Pickleball Club</t>
   </si>
   <si>
     <t>Upper Ottawa Valley Pickleball Club</t>
-  </si>
-[...16 lines deleted...]
-    <t>V-Club 06 - Northern Ontario</t>
   </si>
   <si>
     <t>Wawa Pickleball Club</t>
   </si>
   <si>
     <t>Windsor Pickleball Club</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1057,598 +1039,580 @@
       <c r="F15" s="2"/>
       <c r="I15" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:107">
       <c r="F16" s="2"/>
       <c r="I16" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:107">
       <c r="F17" s="2"/>
       <c r="I17" t="s">
         <v>3</v>
       </c>
       <c r="DA17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:107">
       <c r="F18" s="2"/>
       <c r="I18" t="s">
         <v>3</v>
       </c>
-      <c r="DA18" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="19" spans="1:107">
       <c r="F19" s="2"/>
       <c r="I19" t="s">
         <v>3</v>
       </c>
       <c r="DA19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:107">
       <c r="F20" s="2"/>
       <c r="I20" t="s">
         <v>3</v>
       </c>
+      <c r="DA20" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="21" spans="1:107">
       <c r="F21" s="2"/>
       <c r="I21" t="s">
         <v>3</v>
       </c>
-      <c r="DA21" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="22" spans="1:107">
       <c r="F22" s="2"/>
       <c r="I22" t="s">
         <v>3</v>
       </c>
       <c r="DA22" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:107">
       <c r="F23" s="2"/>
       <c r="I23" t="s">
         <v>3</v>
       </c>
       <c r="DA23" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:107">
       <c r="F24" s="2"/>
       <c r="I24" t="s">
         <v>3</v>
       </c>
+      <c r="DA24" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="25" spans="1:107">
       <c r="F25" s="2"/>
       <c r="I25" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:107">
       <c r="F26" s="2"/>
       <c r="I26" t="s">
         <v>3</v>
       </c>
-      <c r="DA26" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="27" spans="1:107">
       <c r="F27" s="2"/>
       <c r="I27" t="s">
         <v>3</v>
       </c>
       <c r="DA27" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:107">
       <c r="F28" s="2"/>
       <c r="I28" t="s">
         <v>3</v>
       </c>
+      <c r="DA28" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="29" spans="1:107">
       <c r="F29" s="2"/>
       <c r="I29" t="s">
         <v>3</v>
       </c>
-      <c r="DA29" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="30" spans="1:107">
       <c r="F30" s="2"/>
       <c r="I30" t="s">
         <v>3</v>
       </c>
+      <c r="DA30" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="31" spans="1:107">
       <c r="F31" s="2"/>
       <c r="I31" t="s">
         <v>3</v>
       </c>
-      <c r="DA31" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="32" spans="1:107">
       <c r="F32" s="2"/>
       <c r="I32" t="s">
         <v>3</v>
       </c>
       <c r="DA32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:107">
       <c r="F33" s="2"/>
       <c r="I33" t="s">
         <v>3</v>
       </c>
+      <c r="DA33" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="34" spans="1:107">
       <c r="F34" s="2"/>
       <c r="I34" t="s">
         <v>3</v>
       </c>
-      <c r="DA34" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="35" spans="1:107">
       <c r="F35" s="2"/>
       <c r="I35" t="s">
         <v>3</v>
       </c>
+      <c r="DA35" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="36" spans="1:107">
       <c r="F36" s="2"/>
       <c r="I36" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:107">
       <c r="F37" s="2"/>
       <c r="I37" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:107">
       <c r="F38" s="2"/>
       <c r="I38" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:107">
       <c r="F39" s="2"/>
       <c r="I39" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:107">
       <c r="F40" s="2"/>
       <c r="I40" t="s">
         <v>3</v>
       </c>
-      <c r="DA40" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41" spans="1:107">
       <c r="F41" s="2"/>
       <c r="I41" t="s">
         <v>3</v>
       </c>
+      <c r="DA41" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="42" spans="1:107">
       <c r="F42" s="2"/>
       <c r="I42" t="s">
         <v>3</v>
       </c>
-      <c r="DA42" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="43" spans="1:107">
       <c r="F43" s="2"/>
       <c r="I43" t="s">
         <v>3</v>
       </c>
       <c r="DA43" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:107">
       <c r="F44" s="2"/>
       <c r="I44" t="s">
         <v>3</v>
       </c>
+      <c r="DA44" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="45" spans="1:107">
       <c r="F45" s="2"/>
       <c r="I45" t="s">
         <v>3</v>
       </c>
-      <c r="DA45" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="46" spans="1:107">
       <c r="F46" s="2"/>
       <c r="I46" t="s">
         <v>3</v>
       </c>
+      <c r="DA46" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="47" spans="1:107">
       <c r="F47" s="2"/>
       <c r="I47" t="s">
         <v>3</v>
       </c>
-      <c r="DA47" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="48" spans="1:107">
       <c r="F48" s="2"/>
       <c r="I48" t="s">
         <v>3</v>
       </c>
       <c r="DA48" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="49" spans="1:107">
       <c r="F49" s="2"/>
       <c r="I49" t="s">
         <v>3</v>
       </c>
       <c r="DA49" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="50" spans="1:107">
       <c r="F50" s="2"/>
       <c r="I50" t="s">
         <v>3</v>
       </c>
+      <c r="DA50" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="51" spans="1:107">
       <c r="F51" s="2"/>
       <c r="I51" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:107">
       <c r="F52" s="2"/>
       <c r="I52" t="s">
         <v>3</v>
       </c>
-      <c r="DA52" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="53" spans="1:107">
       <c r="F53" s="2"/>
       <c r="I53" t="s">
         <v>3</v>
       </c>
       <c r="DA53" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:107">
       <c r="F54" s="2"/>
       <c r="I54" t="s">
         <v>3</v>
       </c>
       <c r="DA54" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:107">
       <c r="F55" s="2"/>
       <c r="I55" t="s">
         <v>3</v>
       </c>
+      <c r="DA55" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="56" spans="1:107">
       <c r="F56" s="2"/>
       <c r="I56" t="s">
         <v>3</v>
       </c>
-      <c r="DA56" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="57" spans="1:107">
       <c r="F57" s="2"/>
       <c r="I57" t="s">
         <v>3</v>
       </c>
       <c r="DA57" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:107">
       <c r="F58" s="2"/>
       <c r="I58" t="s">
         <v>3</v>
       </c>
       <c r="DA58" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="59" spans="1:107">
       <c r="F59" s="2"/>
       <c r="I59" t="s">
         <v>3</v>
       </c>
+      <c r="DA59" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="60" spans="1:107">
       <c r="F60" s="2"/>
       <c r="I60" t="s">
         <v>3</v>
       </c>
-      <c r="DA60" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="61" spans="1:107">
       <c r="F61" s="2"/>
       <c r="I61" t="s">
         <v>3</v>
       </c>
       <c r="DA61" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="62" spans="1:107">
       <c r="F62" s="2"/>
       <c r="I62" t="s">
         <v>3</v>
       </c>
       <c r="DA62" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="63" spans="1:107">
       <c r="F63" s="2"/>
       <c r="I63" t="s">
         <v>3</v>
       </c>
       <c r="DA63" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:107">
       <c r="F64" s="2"/>
       <c r="I64" t="s">
         <v>3</v>
       </c>
+      <c r="DA64" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="65" spans="1:107">
       <c r="F65" s="2"/>
       <c r="I65" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="66" spans="1:107">
       <c r="F66" s="2"/>
       <c r="I66" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:107">
       <c r="F67" s="2"/>
       <c r="I67" t="s">
         <v>3</v>
       </c>
-      <c r="DA67" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="68" spans="1:107">
       <c r="F68" s="2"/>
       <c r="I68" t="s">
         <v>3</v>
       </c>
+      <c r="DA68" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="69" spans="1:107">
       <c r="F69" s="2"/>
       <c r="I69" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:107">
       <c r="F70" s="2"/>
       <c r="I70" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="71" spans="1:107">
       <c r="F71" s="2"/>
       <c r="I71" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="72" spans="1:107">
       <c r="F72" s="2"/>
       <c r="I72" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="73" spans="1:107">
       <c r="F73" s="2"/>
       <c r="I73" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="74" spans="1:107">
       <c r="F74" s="2"/>
       <c r="I74" t="s">
         <v>3</v>
       </c>
-      <c r="DA74" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="75" spans="1:107">
       <c r="F75" s="2"/>
       <c r="I75" t="s">
         <v>3</v>
       </c>
+      <c r="DA75" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="76" spans="1:107">
       <c r="F76" s="2"/>
       <c r="I76" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="77" spans="1:107">
       <c r="F77" s="2"/>
       <c r="I77" t="s">
         <v>3</v>
       </c>
-      <c r="DA77" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="78" spans="1:107">
       <c r="F78" s="2"/>
       <c r="I78" t="s">
         <v>3</v>
       </c>
+      <c r="DA78" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="79" spans="1:107">
       <c r="F79" s="2"/>
       <c r="I79" t="s">
         <v>3</v>
       </c>
-      <c r="DA79" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="80" spans="1:107">
       <c r="F80" s="2"/>
       <c r="I80" t="s">
         <v>3</v>
       </c>
-      <c r="DA80" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="81" spans="1:107">
       <c r="F81" s="2"/>
       <c r="I81" t="s">
         <v>3</v>
       </c>
-      <c r="DA81" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="82" spans="1:107">
       <c r="F82" s="2"/>
       <c r="I82" t="s">
         <v>3</v>
       </c>
       <c r="DA82" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="83" spans="1:107">
       <c r="F83" s="2"/>
       <c r="I83" t="s">
         <v>3</v>
       </c>
-      <c r="DA83" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="84" spans="1:107">
       <c r="F84" s="2"/>
       <c r="I84" t="s">
         <v>3</v>
       </c>
-      <c r="DA84" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="85" spans="1:107">
       <c r="F85" s="2"/>
       <c r="I85" t="s">
         <v>3</v>
       </c>
+      <c r="DA85" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="86" spans="1:107">
       <c r="F86" s="2"/>
       <c r="I86" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="87" spans="1:107">
       <c r="F87" s="2"/>
       <c r="I87" t="s">
         <v>3</v>
       </c>
-      <c r="DA87" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="88" spans="1:107">
       <c r="F88" s="2"/>
       <c r="I88" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="89" spans="1:107">
       <c r="F89" s="2"/>
       <c r="I89" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:107">
       <c r="F90" s="2"/>
       <c r="I90" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="91" spans="1:107">
       <c r="F91" s="2"/>
       <c r="I91" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="92" spans="1:107">
       <c r="F92" s="2"/>
       <c r="I92" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="93" spans="1:107">
       <c r="F93" s="2"/>
       <c r="I93" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:107">
       <c r="F94" s="2"/>
       <c r="I94" t="s">
         <v>3</v>
       </c>
@@ -7075,51 +7039,51 @@
       <c r="F998" s="2"/>
       <c r="I998" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="999" spans="1:107">
       <c r="F999" s="2"/>
       <c r="I999" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1000" spans="1:107">
       <c r="F1000" s="2"/>
       <c r="I1000" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="B5:B1000">
-      <formula1>'Worksheet'!$DA$1:$DA$90</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$85</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
       <formula1>'Worksheet'!$DB$1:$DB$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>