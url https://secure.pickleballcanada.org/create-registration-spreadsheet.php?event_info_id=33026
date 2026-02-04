--- v0 (2025-11-06)
+++ v1 (2026-02-04)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Amherstburg Pickleball Association</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>33026:typeValue:101</t>
   </si>
   <si>
     <t>33026:typeValue:106</t>
   </si>
   <si>
     <t>33026:typeValue:102</t>
   </si>
   <si>
     <t>33026:typeValue:103</t>
   </si>
   <si>
@@ -219,68 +219,50 @@
     <t>Prince Edward Pickleball Club</t>
   </si>
   <si>
     <t>Quinte Pickleball Association</t>
   </si>
   <si>
     <t>Ramsden Pickleball</t>
   </si>
   <si>
     <t>Richmond Hill Pickleball Club</t>
   </si>
   <si>
     <t>Sarnia Grace Pickleball</t>
   </si>
   <si>
     <t>Sarnia Lambton Pickleball Club</t>
   </si>
   <si>
     <t>Steeltown Queer Pickleball Club</t>
   </si>
   <si>
     <t>Tillsonburg Pickleball Club</t>
   </si>
   <si>
     <t>Upper Ottawa Valley Pickleball Club</t>
-  </si>
-[...16 lines deleted...]
-    <t>V-Club 06 - Northern Ontario</t>
   </si>
   <si>
     <t>Wawa Pickleball Club</t>
   </si>
   <si>
     <t>Windsor Pickleball Club</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1516,139 +1498,121 @@
       <c r="F76" s="2"/>
       <c r="I76" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="77" spans="1:107">
       <c r="F77" s="2"/>
       <c r="I77" t="s">
         <v>3</v>
       </c>
       <c r="DA77" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="78" spans="1:107">
       <c r="F78" s="2"/>
       <c r="I78" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:107">
       <c r="F79" s="2"/>
       <c r="I79" t="s">
         <v>3</v>
       </c>
-      <c r="DA79" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="80" spans="1:107">
       <c r="F80" s="2"/>
       <c r="I80" t="s">
         <v>3</v>
       </c>
-      <c r="DA80" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="81" spans="1:107">
       <c r="F81" s="2"/>
       <c r="I81" t="s">
         <v>3</v>
       </c>
       <c r="DA81" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="82" spans="1:107">
       <c r="F82" s="2"/>
       <c r="I82" t="s">
         <v>3</v>
       </c>
-      <c r="DA82" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="83" spans="1:107">
       <c r="F83" s="2"/>
       <c r="I83" t="s">
         <v>3</v>
       </c>
-      <c r="DA83" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="84" spans="1:107">
       <c r="F84" s="2"/>
       <c r="I84" t="s">
         <v>3</v>
       </c>
       <c r="DA84" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="85" spans="1:107">
       <c r="F85" s="2"/>
       <c r="I85" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="86" spans="1:107">
       <c r="F86" s="2"/>
       <c r="I86" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="87" spans="1:107">
       <c r="F87" s="2"/>
       <c r="I87" t="s">
         <v>3</v>
       </c>
-      <c r="DA87" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="88" spans="1:107">
       <c r="F88" s="2"/>
       <c r="I88" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="89" spans="1:107">
       <c r="F89" s="2"/>
       <c r="I89" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:107">
       <c r="F90" s="2"/>
       <c r="I90" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="91" spans="1:107">
       <c r="F91" s="2"/>
       <c r="I91" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="92" spans="1:107">
       <c r="F92" s="2"/>
       <c r="I92" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="93" spans="1:107">
       <c r="F93" s="2"/>
       <c r="I93" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:107">
       <c r="F94" s="2"/>
       <c r="I94" t="s">
         <v>3</v>
       </c>
@@ -7075,51 +7039,51 @@
       <c r="F998" s="2"/>
       <c r="I998" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="999" spans="1:107">
       <c r="F999" s="2"/>
       <c r="I999" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1000" spans="1:107">
       <c r="F1000" s="2"/>
       <c r="I1000" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="B5:B1000">
-      <formula1>'Worksheet'!$DA$1:$DA$90</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$84</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
       <formula1>'Worksheet'!$DB$1:$DB$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>