--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -9,109 +9,109 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="483">
-[...4 lines deleted...]
-    <t>506 Pickleball</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
+  <si>
+    <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
+  </si>
+  <si>
+    <t>506pickleball</t>
   </si>
   <si>
     <t>38803:typeValue:102</t>
   </si>
   <si>
     <t>38803:typeValue:103</t>
   </si>
   <si>
     <t>38803:typeValue:106</t>
   </si>
   <si>
     <t>Abbotsford Pickleball Association</t>
   </si>
   <si>
-    <t>Inscription à l'événement - Sep 12 Open RR 8-10 PM  Yukon U 3 courts</t>
+    <t>Event Registration - Sep 12 Open RR 8-10 PM  Yukon U 3 courts</t>
   </si>
   <si>
     <t>Acton Vale</t>
   </si>
   <si>
-    <t>Prénom</t>
-[...2 lines deleted...]
-    <t>Nom</t>
+    <t>First Name</t>
+  </si>
+  <si>
+    <t>Last Name</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Airdrie Pickleball Club</t>
   </si>
   <si>
     <t>ALMA</t>
   </si>
   <si>
     <t>Amherstburg Pickleball Association</t>
   </si>
   <si>
     <t>Annapolis Royal Pickleball Club</t>
   </si>
   <si>
     <t>Annapolis Valley Pickleball</t>
   </si>
   <si>
-    <t>APCRQ</t>
-[...1 lines deleted...]
-  <si>
     <t>APHR</t>
   </si>
   <si>
     <t>APRSQ Rive Sud de Quebec</t>
   </si>
   <si>
+    <t>APVQ</t>
+  </si>
+  <si>
     <t>Arborg Pickleball Club</t>
   </si>
   <si>
     <t>Arisaig Pickleball Club</t>
   </si>
   <si>
     <t>Armstrong Pickleball Club</t>
   </si>
   <si>
     <t>Arnprior Pickleball Club</t>
   </si>
   <si>
     <t>ARPO</t>
   </si>
   <si>
     <t>Association de Pickleball de Clare</t>
   </si>
   <si>
     <t>ASSOCIATION DE PICKLEBALL DE SAINTE-AGATHE-DES-MONTS</t>
   </si>
   <si>
     <t>Association Régionale de Pickleball de Laval (ARPL)</t>
   </si>
   <si>
     <t>Avon River Pickleball Club</t>
@@ -137,323 +137,290 @@
   <si>
     <t>Battlefords Pickleball Club</t>
   </si>
   <si>
     <t>Bay St. George Pickleball Association</t>
   </si>
   <si>
     <t>BIGE Pickleball Club</t>
   </si>
   <si>
     <t>Bison Pickleball</t>
   </si>
   <si>
     <t>Blainville</t>
   </si>
   <si>
     <t>Blind River Pickleball Club</t>
   </si>
   <si>
     <t>Blue Coast Pickleball Club</t>
   </si>
   <si>
     <t>Bonnyville Pickleball Club</t>
   </si>
   <si>
-    <t>Boomers Repentigny</t>
-[...1 lines deleted...]
-  <si>
     <t>Border Town Pickleball Association</t>
   </si>
   <si>
     <t>Boucherville</t>
   </si>
   <si>
     <t>Brandon Pickleball Club</t>
   </si>
   <si>
     <t>Brighton Pickleball Club (Ontario)</t>
   </si>
   <si>
     <t>Broadview Pickleball Club</t>
   </si>
   <si>
-    <t>Bromont</t>
-[...1 lines deleted...]
-  <si>
     <t>Bulkley Valley Pickleball Club</t>
   </si>
   <si>
-    <t>Buranby (BPC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Burlington Pickleball Association</t>
   </si>
   <si>
     <t>Burnaby and Area Pickleball Association</t>
   </si>
   <si>
-    <t>Burnaby Pickleball (BPC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Calgary Pickleball Club</t>
   </si>
   <si>
     <t>Cambridge  Pickleball Club</t>
   </si>
   <si>
     <t>Campbell River Pickleball Association</t>
   </si>
   <si>
     <t>Camrose Pickleball Club</t>
   </si>
   <si>
     <t>Candle Lake Pickleball Club</t>
   </si>
   <si>
     <t>Carleton County Pickleball Club</t>
   </si>
   <si>
     <t>Carman Pickleball Club</t>
   </si>
   <si>
     <t>Carstairs Pickleball Club</t>
   </si>
   <si>
     <t>Chambly</t>
   </si>
   <si>
     <t>Charlottetown Pickleball Club</t>
   </si>
   <si>
     <t>Châteauguay</t>
   </si>
   <si>
     <t>Chestermere Pickleball Club</t>
   </si>
   <si>
     <t>Chilliwack Pickleball Club</t>
   </si>
   <si>
-    <t>Chocolate River Pickleball Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Christina Lake Pickleball Club</t>
   </si>
   <si>
-    <t>Cite Generaction 55+</t>
-[...1 lines deleted...]
-  <si>
     <t>Clarenville Area Pickleball League</t>
   </si>
   <si>
     <t>Club Bathurst Pickleball Club</t>
   </si>
   <si>
     <t>Club de Pickleball Belle-Baie</t>
   </si>
   <si>
+    <t>Club de Pickleball Caraquet</t>
+  </si>
+  <si>
     <t>Club de Pickleball de Boischatel</t>
   </si>
   <si>
-    <t>Club de Pickleball de Caraquet</t>
-[...4 lines deleted...]
-  <si>
     <t>Club de Pickleball des Sommets</t>
   </si>
   <si>
+    <t>Club de pickleball Deux-Montagnes</t>
+  </si>
+  <si>
     <t>Club de pickleball Dieppe</t>
   </si>
   <si>
-    <t>Club Développement Québec</t>
-[...4 lines deleted...]
-  <si>
     <t>Club LD (Lasalle)</t>
   </si>
   <si>
     <t>Club Pickleball -  Shippagan Inc.</t>
   </si>
   <si>
     <t>Club Pickleball de Bouctouche</t>
   </si>
   <si>
     <t>Club Picklemania</t>
   </si>
   <si>
     <t>Club PickleRock</t>
   </si>
   <si>
     <t>Club Select</t>
   </si>
   <si>
     <t>Coaldale Pickleball Club</t>
   </si>
   <si>
     <t>Cochrane Indoor Pickleball Association</t>
   </si>
   <si>
     <t>Cochrane Pickleball Club</t>
   </si>
   <si>
     <t>Colchester Pickleball Association</t>
   </si>
   <si>
     <t>Cold Lake Pickleball Club</t>
   </si>
   <si>
     <t>Columbia Valley Indoor Pickleball Association</t>
   </si>
   <si>
     <t>Comox Valley Pickleball Association</t>
   </si>
   <si>
+    <t>Complexe Tennis SA</t>
+  </si>
+  <si>
+    <t>Corner Brook Pickleball Club Inc.</t>
+  </si>
+  <si>
     <t>Cornwall Pickleball Club</t>
   </si>
   <si>
     <t>Cortes Island Pickleball Club</t>
   </si>
   <si>
     <t>Coteau Beach Pickleball Club</t>
   </si>
   <si>
     <t>Cowichan Lake Pickleball Club</t>
   </si>
   <si>
     <t>cpbTemis</t>
   </si>
   <si>
     <t>CPM-Lachine</t>
   </si>
   <si>
     <t>CPVR</t>
   </si>
   <si>
     <t>Cranbrook Pickleball Club</t>
   </si>
   <si>
     <t>Crooked Lake Pickleball Club</t>
   </si>
   <si>
     <t>Dawson Creek Pickleball Club</t>
   </si>
   <si>
     <t>Deaf Pickleball Club - BC</t>
   </si>
   <si>
     <t>Delta Pickleball Association</t>
   </si>
   <si>
     <t>Denman Island Pickleball Club</t>
   </si>
   <si>
     <t>Desert Pickleball Club</t>
   </si>
   <si>
     <t>Didsbury and District Pickleball Club</t>
   </si>
   <si>
-    <t>Digby Pickleball Club</t>
+    <t>Digby Pickleball Association</t>
   </si>
   <si>
     <t>Dollard-des-Ormeaux</t>
   </si>
   <si>
-    <t>Dorset Park Pickleball Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Douglas Harbour Pickleball Club</t>
   </si>
   <si>
     <t>Douglas Park Pickleball - (Langley)</t>
   </si>
   <si>
     <t>Drayton Valley Pickleball Club</t>
   </si>
   <si>
     <t>Drayton Valley Senior Pickleball Club</t>
   </si>
   <si>
     <t>Drumheller Pickleball Club</t>
   </si>
   <si>
     <t>Drummondville</t>
   </si>
   <si>
     <t>Dryden Pickleball Club</t>
   </si>
   <si>
     <t>EA Pickleball</t>
   </si>
   <si>
     <t>East Coast Pickleball Club</t>
   </si>
   <si>
     <t>East Coast Rock Pickleball Club</t>
   </si>
   <si>
-    <t>East Dartmouth Pickleball Club</t>
-[...4 lines deleted...]
-  <si>
     <t>East Hants Tennis Club</t>
   </si>
   <si>
     <t>East Rocky View Pickleball Club</t>
   </si>
   <si>
     <t>Edmonton Pickleball Club</t>
   </si>
   <si>
     <t>Edson Pickleball Club</t>
   </si>
   <si>
     <t>Elite Pickleball Club</t>
   </si>
   <si>
     <t>Elk Point Pickleball Club</t>
   </si>
   <si>
     <t>Espanola Pickleball</t>
   </si>
   <si>
     <t>Estevan Pickleball Club</t>
   </si>
   <si>
-    <t>FADOQ Saguenay Lac St-Jean</t>
-[...4 lines deleted...]
-  <si>
     <t>Fort Pickleball Club</t>
   </si>
   <si>
     <t>Fort Saskatchewan Pickleball Association</t>
   </si>
   <si>
     <t>Fraser Valley Pickleball</t>
   </si>
   <si>
     <t>Fredericton Pickleball Club</t>
   </si>
   <si>
     <t>Frontenac Pickleball Club</t>
   </si>
   <si>
     <t>Funky Bounce Pickleball West Kelowna</t>
   </si>
   <si>
     <t>Georgian Bluffs Pickleball Club</t>
   </si>
   <si>
     <t>Gimli Pickleball Club</t>
   </si>
   <si>
     <t>Glenayre Pickleball Club</t>
@@ -497,50 +464,53 @@
   <si>
     <t>Halifax Pickleball Club</t>
   </si>
   <si>
     <t>Hamilton Senior Pickleball Association</t>
   </si>
   <si>
     <t>Hantsport and Area Pickleball Association</t>
   </si>
   <si>
     <t>Hautes Laurentides</t>
   </si>
   <si>
     <t>Heavy Dinkers Pickleball Club - Surrey</t>
   </si>
   <si>
     <t>Hekate’s Retreat Pickleball Club</t>
   </si>
   <si>
     <t>High River Pickleball Club</t>
   </si>
   <si>
     <t>Hillsborough Bay Pickleball Club</t>
   </si>
   <si>
+    <t>Hinton Pickleball Club</t>
+  </si>
+  <si>
     <t>Hitchcock Bay Pickleball Club</t>
   </si>
   <si>
     <t>HLC Pickleball Club</t>
   </si>
   <si>
     <t>Hollyburn Country Club - Pickleball</t>
   </si>
   <si>
     <t>Horsefly Pickleball Club</t>
   </si>
   <si>
     <t>Horseshoe Valley Pickleball</t>
   </si>
   <si>
     <t>Hub Club Pickleball</t>
   </si>
   <si>
     <t>Hudson Bay Pickleball Club</t>
   </si>
   <si>
     <t>Huntsville Muskoka Pickleball</t>
   </si>
   <si>
     <t>Interlakes Pickleball Program</t>
@@ -572,149 +542,131 @@
   <si>
     <t>Keremeos Pickleball Club</t>
   </si>
   <si>
     <t>Kes-Mac-Adult Pickleball Club</t>
   </si>
   <si>
     <t>Killaloe and Area Pickleball Club</t>
   </si>
   <si>
     <t>Kimberley Pickleball Club</t>
   </si>
   <si>
     <t>Kingston Pickleball Club</t>
   </si>
   <si>
     <t>Kingsville Pickleball Inc.</t>
   </si>
   <si>
     <t>Komoka &amp; Area 55+ Club</t>
   </si>
   <si>
     <t>KV Pickleball</t>
   </si>
   <si>
-    <t>L'Assomption</t>
-[...1 lines deleted...]
-  <si>
     <t>Lac aux Sables</t>
   </si>
   <si>
-    <t>Lac Brome</t>
-[...4 lines deleted...]
-  <si>
     <t>Lacombe Pickleball Club</t>
   </si>
   <si>
     <t>Lake Country Pickleball Club</t>
   </si>
   <si>
     <t>Lakeshore Pickleball Association</t>
   </si>
   <si>
     <t>Landshark Pickleball</t>
   </si>
   <si>
     <t>LaSalle Pickleball Association</t>
   </si>
   <si>
     <t>Last Mountain Pickleball Club</t>
   </si>
   <si>
-    <t>Laurentides</t>
-[...1 lines deleted...]
-  <si>
     <t>Lavaltrie</t>
   </si>
   <si>
     <t>Leaside Pickleball Club</t>
   </si>
   <si>
     <t>Les Picklz</t>
   </si>
   <si>
     <t>Lethbridge Pickleball Club</t>
   </si>
   <si>
-    <t>Levis</t>
-[...1 lines deleted...]
-  <si>
     <t>Lewisville Pickleball Club</t>
   </si>
   <si>
     <t>LF South Winnipeg Pickleball Club</t>
   </si>
   <si>
     <t>Lighthouse Mixed Picklers</t>
   </si>
   <si>
     <t>Little Harbour Pickleball Club</t>
   </si>
   <si>
     <t>Liverpool Tennis and Pickleball Club</t>
   </si>
   <si>
+    <t>Lloydminster Pickleball Club</t>
+  </si>
+  <si>
     <t>London CYO</t>
   </si>
   <si>
     <t>London Pickleball Club</t>
   </si>
   <si>
     <t>Longueuil</t>
   </si>
   <si>
-    <t>Magog</t>
-[...1 lines deleted...]
-  <si>
     <t>Magog Orford</t>
   </si>
   <si>
     <t>Manitoba Pickleball League</t>
   </si>
   <si>
     <t>Manitoulin Pickleball Club</t>
   </si>
   <si>
     <t>Maple Creek Pickleball Club</t>
   </si>
   <si>
     <t>Markham Pickleball Club</t>
   </si>
   <si>
     <t>Mascouche</t>
   </si>
   <si>
     <t>Maskoutain</t>
   </si>
   <si>
-    <t>Mauricie FADOQ</t>
-[...1 lines deleted...]
-  <si>
     <t>Mayne Island Pickleball</t>
   </si>
   <si>
     <t>Meaford Pickleball Club</t>
   </si>
   <si>
     <t>Medicine Hat Pickleball Club</t>
   </si>
   <si>
     <t>Merritt Pickleball Club</t>
   </si>
   <si>
     <t>Metchosin Pickleball Club</t>
   </si>
   <si>
     <t>Midway Pickleball Club</t>
   </si>
   <si>
     <t>Mighty Peace Pickleball Club</t>
   </si>
   <si>
     <t>Miltonvale Pickleball Club</t>
   </si>
   <si>
     <t>Mini-Trail Pickleball Club</t>
@@ -791,74 +743,71 @@
   <si>
     <t>Northern Lights Pickleball Club</t>
   </si>
   <si>
     <t>Northumberland Tennis &amp; Pickleball Club</t>
   </si>
   <si>
     <t>Oakville Lynx Pickleball Club</t>
   </si>
   <si>
     <t>ODAS Park Pickleball Club</t>
   </si>
   <si>
     <t>Okotoks Pickleball Club</t>
   </si>
   <si>
     <t>Olds Pickleball Club</t>
   </si>
   <si>
     <t>Oliver Pickleball Club</t>
   </si>
   <si>
     <t>OPC Oceanside Pickleball Club</t>
   </si>
   <si>
+    <t>Open Court Pickleball Society</t>
+  </si>
+  <si>
     <t>Orillia Pickleball Club</t>
   </si>
   <si>
     <t>Oromocto &amp; Area Pickleball Club</t>
   </si>
   <si>
-    <t>Osprey Pickleball Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Ossekeag Pickleball Club</t>
   </si>
   <si>
     <t>Outaouais (ARPO)</t>
   </si>
   <si>
     <t>Oxbow Pickleball</t>
   </si>
   <si>
     <t>PA Picklers Association</t>
   </si>
   <si>
-    <t>Pandora Morning Play (PMP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Parapickleball</t>
   </si>
   <si>
     <t>Parkland Pickleheads</t>
   </si>
   <si>
     <t>Parksville Oceanside Pickleball Society</t>
   </si>
   <si>
     <t>Peace Country Pickleball Association</t>
   </si>
   <si>
     <t>Peach City Indoor Pickleball Club</t>
   </si>
   <si>
     <t>Peachland Pickleball Club</t>
   </si>
   <si>
     <t>Peak Performance Pickleball</t>
   </si>
   <si>
     <t>PEI PICKLEBALL IPE</t>
   </si>
   <si>
     <t>Pembroke Pickleball Club</t>
@@ -866,161 +815,149 @@
   <si>
     <t>Peninsula Community Pickleball Club</t>
   </si>
   <si>
     <t>Penticton Pickleball Club</t>
   </si>
   <si>
     <t>Peterborough Pickleball Association</t>
   </si>
   <si>
     <t>Pickering Pickleball Club</t>
   </si>
   <si>
     <t>Pickle  Lites</t>
   </si>
   <si>
     <t>Pickleball Antigonish Society</t>
   </si>
   <si>
     <t>Pickleball Bella Coola</t>
   </si>
   <si>
     <t>Pickleball Boischatel</t>
   </si>
   <si>
-    <t>Pickleball Brantford</t>
+    <t>Pickleball Brantford Club Inc</t>
   </si>
   <si>
     <t>Pickleball Cap Acadie</t>
   </si>
   <si>
     <t>Pickleball Cape Breton</t>
   </si>
   <si>
     <t>Pickleball Club of Grey Highlands</t>
   </si>
   <si>
     <t>Pickleball Club of Winnipeg</t>
   </si>
   <si>
-    <t>Pickleball de la Rouge</t>
-[...1 lines deleted...]
-  <si>
     <t>Pickleball des Sommets</t>
   </si>
   <si>
     <t>Pickleball Eastman</t>
   </si>
   <si>
     <t>Pickleball Edmundston</t>
   </si>
   <si>
     <t>Pickleball Fernie</t>
   </si>
   <si>
     <t>Pickleball Grandmont St-Gedeon</t>
   </si>
   <si>
     <t>Pickleball Guelph Association</t>
   </si>
   <si>
     <t>Pickleball Kelowna Club</t>
   </si>
   <si>
     <t>Pickleball Lac Pelletier</t>
   </si>
   <si>
     <t>Pickleball Melville</t>
   </si>
   <si>
-    <t>Pickleball Memramcook</t>
-[...1 lines deleted...]
-  <si>
     <t>Pickleball Moncton</t>
   </si>
   <si>
     <t>Pickleball Moose Jaw Inc.</t>
   </si>
   <si>
     <t>Pickleball NDIP</t>
   </si>
   <si>
     <t>Pickleball Nova Scotia</t>
   </si>
   <si>
     <t>Pickleball Parkland</t>
   </si>
   <si>
     <t>Pickleball Regina Inc.</t>
   </si>
   <si>
     <t>Pickleball Restigouche Club</t>
   </si>
   <si>
     <t>Pickleball Saint John (PBSJ)</t>
   </si>
   <si>
     <t>Pickleball Saint-Antoine</t>
   </si>
   <si>
     <t>Pickleball Scotstown-Hampden</t>
   </si>
   <si>
     <t>Pickleball Southey</t>
   </si>
   <si>
     <t>Pickleball Squamish</t>
   </si>
   <si>
     <t>Pickleball St-Isidore</t>
   </si>
   <si>
     <t>Pickleball Sudbury</t>
   </si>
   <si>
-    <t>Pickleball UTAT Tracadie</t>
-[...1 lines deleted...]
-  <si>
     <t>Pickleball Varennes</t>
   </si>
   <si>
     <t>Pickleball Weyburn</t>
   </si>
   <si>
     <t>Pickleball Yorkton</t>
   </si>
   <si>
     <t>Pickleball3R</t>
   </si>
   <si>
     <t>Picklepals Club Wetaskiwin</t>
   </si>
   <si>
-    <t>Piedmont</t>
-[...1 lines deleted...]
-  <si>
     <t>Pincher Creek Pickleball Society</t>
   </si>
   <si>
     <t>PoCoMo Pickleball Club</t>
   </si>
   <si>
     <t>Ponoka Picklers</t>
   </si>
   <si>
     <t>Port City Pickleball Club</t>
   </si>
   <si>
     <t>Port Hardy Pickleball</t>
   </si>
   <si>
     <t>Port McNeill Pickleball Club</t>
   </si>
   <si>
     <t>Portage Pickleball Club</t>
   </si>
   <si>
     <t>Preeceville Pickleball Club</t>
   </si>
   <si>
     <t>Prince Albert Pickleball Club</t>
@@ -1028,50 +965,53 @@
   <si>
     <t>Prince Edward Pickleball Club</t>
   </si>
   <si>
     <t>Prince George Tennis and Pickleball Club</t>
   </si>
   <si>
     <t>Princeton Pickleball Association</t>
   </si>
   <si>
     <t>qathet Pickleball Association -Powell River</t>
   </si>
   <si>
     <t>Qualicum Beach Pickleball Club</t>
   </si>
   <si>
     <t>Quesnel Pickleball Club</t>
   </si>
   <si>
     <t>Quinte Pickleball Association</t>
   </si>
   <si>
     <t>Railway City Pickleball League</t>
   </si>
   <si>
+    <t>Rally Cats Pickleball Club</t>
+  </si>
+  <si>
     <t>Ramsden Pickleball</t>
   </si>
   <si>
     <t>Red Deer Pickleball Club</t>
   </si>
   <si>
     <t>Region Sud-Ouest  (Valleyfield)</t>
   </si>
   <si>
     <t>Repentigny</t>
   </si>
   <si>
     <t>Revelstoke Pickleball Club - Get Stoked</t>
   </si>
   <si>
     <t>Richibucto Pickleball</t>
   </si>
   <si>
     <t>Richmond BC Pickleball Association</t>
   </si>
   <si>
     <t>Richmond Hill Pickleball Club</t>
   </si>
   <si>
     <t>Rimouski</t>
@@ -1088,155 +1028,161 @@
   <si>
     <t>Rocky Mountain House Pickleball Club</t>
   </si>
   <si>
     <t>Rockyford Pickleball Club</t>
   </si>
   <si>
     <t>Rosemont</t>
   </si>
   <si>
     <t>Rosthern Pickleball Club</t>
   </si>
   <si>
     <t>Roussillon</t>
   </si>
   <si>
     <t>Rouville</t>
   </si>
   <si>
     <t>Rouyn-Noranda</t>
   </si>
   <si>
     <t>Saanich Peninsula Pickleball Association</t>
   </si>
   <si>
-    <t>Sackville Pickleball</t>
+    <t>Saint-Sauveur</t>
   </si>
   <si>
     <t>Sainte-Marie NB</t>
   </si>
   <si>
     <t>Salmon Arm Pickleball Club</t>
   </si>
   <si>
+    <t>Sarnia Grace Pickleball</t>
+  </si>
+  <si>
     <t>Sarnia Lambton Pickleball Club</t>
   </si>
   <si>
     <t>Saskatoon Pickleball Inc.</t>
   </si>
   <si>
     <t>Sea to Sky Pickleball</t>
   </si>
   <si>
     <t>Seba Pickleball And Tennis Association (SPATA)</t>
   </si>
   <si>
     <t>Shawinergie</t>
   </si>
   <si>
     <t>Shawnigan Lake Pickleball Club</t>
   </si>
   <si>
-    <t>Shearwater Pickleball Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Shediac Pickleball Club</t>
   </si>
   <si>
     <t>Sheet Harbour Area Pickleball Enthusiasts (SHAPE)</t>
   </si>
   <si>
     <t>Shellbrook Boreas Pickleball</t>
   </si>
   <si>
     <t>Shellbrook Pickleball Club</t>
   </si>
   <si>
     <t>Sherbrooke</t>
   </si>
   <si>
     <t>Shuswap Lake Estates Pickleball</t>
   </si>
   <si>
     <t>Sicamous Pickleball Club</t>
   </si>
   <si>
     <t>Soo Pickleball</t>
   </si>
   <si>
     <t>Sooke Pickleball Club</t>
   </si>
   <si>
     <t>Sorel-Tracy</t>
   </si>
   <si>
     <t>Sorrento Pickleball Club</t>
   </si>
   <si>
     <t>Souris Pickleball Club</t>
   </si>
   <si>
     <t>South Cariboo Pickleball Association</t>
   </si>
   <si>
     <t>South Cowichan Pickleball Club</t>
   </si>
   <si>
+    <t>South Okanagan Youth Pickleball Association (SOYPA)</t>
+  </si>
+  <si>
     <t>South Shore Pickleball Club</t>
   </si>
   <si>
+    <t>St Andrew's Pickleball Club</t>
+  </si>
+  <si>
     <t>St Marys Pickleball Association</t>
   </si>
   <si>
     <t>St-Bruno</t>
   </si>
   <si>
     <t>St-Eustache</t>
   </si>
   <si>
+    <t>St-George Pickleball</t>
+  </si>
+  <si>
     <t>St-Jerome</t>
   </si>
   <si>
     <t>St-Laurent</t>
   </si>
   <si>
     <t>St-Lazare</t>
   </si>
   <si>
     <t>St-Léonard</t>
   </si>
   <si>
-    <t>St-Ubalde</t>
+    <t>St-Stephen Pickleball Club</t>
   </si>
   <si>
     <t>St. Albert Pickleball Club</t>
   </si>
   <si>
-    <t>St. Andrew's Pickleball Club</t>
-[...1 lines deleted...]
-  <si>
     <t>St. George Pickleball Club</t>
   </si>
   <si>
     <t>St. Paul AB Pickleball Club</t>
   </si>
   <si>
     <t>St. Pierre Pickleball Club</t>
   </si>
   <si>
     <t>St. Thomas Pickleball Club</t>
   </si>
   <si>
     <t>Ste-Adèle</t>
   </si>
   <si>
     <t>Ste-Marthe</t>
   </si>
   <si>
     <t>Steamboat Mountain Pickleball Club</t>
   </si>
   <si>
     <t>Steeltown Pickleball Club</t>
   </si>
   <si>
     <t>Steeltown Queer Pickleball Club</t>
@@ -1277,228 +1223,207 @@
   <si>
     <t>Sylvan Lake Pickleball Club</t>
   </si>
   <si>
     <t>Tatamagouche Pickleball Club</t>
   </si>
   <si>
     <t>Tecumseh Pickleball Association</t>
   </si>
   <si>
     <t>Tees Pickleball Club</t>
   </si>
   <si>
     <t>Temiskaming Shores Pickleball Club</t>
   </si>
   <si>
     <t>Terrace Pickleball Club</t>
   </si>
   <si>
     <t>Terrebonne</t>
   </si>
   <si>
     <t>The Manor Pickleball</t>
   </si>
   <si>
-    <t>The Pickleball Society</t>
-[...1 lines deleted...]
-  <si>
     <t>Thessalon Pickleball</t>
   </si>
   <si>
     <t>Tillsonburg Pickleball Club</t>
   </si>
   <si>
     <t>Timmins Pickleball Club</t>
   </si>
   <si>
     <t>Tobermory Pickleball</t>
   </si>
   <si>
     <t>Tofino Pickleball Society</t>
   </si>
   <si>
     <t>Top Spin Pickleball Club</t>
   </si>
   <si>
     <t>Ucluelet Racquet Sports Club</t>
   </si>
   <si>
     <t>Upper Ottawa Valley Pickleball Club</t>
   </si>
   <si>
     <t>Uxbridge Pickleball Club</t>
   </si>
   <si>
-    <t>V-Club 01 - Southwest Ontario</t>
-[...16 lines deleted...]
-  <si>
     <t>V-Club AB</t>
   </si>
   <si>
     <t>V-Club BC</t>
   </si>
   <si>
+    <t>V-Club Good Games</t>
+  </si>
+  <si>
     <t>V-Club MB</t>
   </si>
   <si>
     <t>V-Club NB</t>
   </si>
   <si>
     <t>V-Club NL</t>
   </si>
   <si>
     <t>V-Club NS</t>
   </si>
   <si>
     <t>V-Club NT</t>
   </si>
   <si>
     <t>V-Club NU</t>
   </si>
   <si>
     <t>V-Club ON</t>
   </si>
   <si>
     <t>V-Club PE</t>
   </si>
   <si>
     <t>V-Club QC</t>
   </si>
   <si>
     <t>V-Club SK</t>
   </si>
   <si>
     <t>V-Club YT</t>
   </si>
   <si>
+    <t>Valley Challengers</t>
+  </si>
+  <si>
     <t>Vancouver Island Pickleball Association</t>
   </si>
   <si>
     <t>Vancouver Pickleball Association</t>
   </si>
   <si>
     <t>Vanderhoof Pickleball</t>
   </si>
   <si>
     <t>Vaudreuil-Dorion</t>
   </si>
   <si>
     <t>Vernon Pickleball Association</t>
   </si>
   <si>
     <t>Victoria Regional Pickleball Association</t>
   </si>
   <si>
     <t>Victoriaville</t>
   </si>
   <si>
     <t>VN Pickleball Club</t>
   </si>
   <si>
-    <t>VPA - Janet Martini (VPA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Vulcan Pickleball Club</t>
   </si>
   <si>
     <t>Warman Pickleball Club</t>
   </si>
   <si>
     <t>Wasaga Beach Pickleball Club</t>
   </si>
   <si>
     <t>Wawa Pickleball Club</t>
   </si>
   <si>
     <t>Welland Pickleball Club</t>
   </si>
   <si>
     <t>West Arm Pickleball - Kootenay Lake</t>
   </si>
   <si>
     <t>West Island Pickleball Club</t>
   </si>
   <si>
     <t>West Kelowna Pickleball Club</t>
   </si>
   <si>
     <t>West Nipissing Ouest Pickleball Club</t>
   </si>
   <si>
     <t>Westlock Pickleball Society</t>
   </si>
   <si>
-    <t>Westmount</t>
-[...1 lines deleted...]
-  <si>
     <t>Whistler Pickleball Association</t>
   </si>
   <si>
     <t>White City Emerald Park Pickleball Club</t>
   </si>
   <si>
     <t>White Rock Pickleball Association</t>
   </si>
   <si>
     <t>Whitehorse Pickleball Club</t>
   </si>
   <si>
     <t>Whiteshell Pickleball Club (WPC25)</t>
   </si>
   <si>
     <t>Whitewood Pickleball Club</t>
   </si>
   <si>
     <t>Williams Lake Pickleball Club (Society)</t>
   </si>
   <si>
     <t>Windsor Pickleball Club</t>
   </si>
   <si>
     <t>Winnipeg West Pickleball</t>
   </si>
   <si>
     <t>Wynyard Pickleball Club</t>
   </si>
   <si>
-    <t>Yarmouth County Pickleball Association</t>
+    <t>Yarmouth County Pickleball Club</t>
   </si>
   <si>
     <t>Yellowhead West Pickleball Club</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1839,51 +1764,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DA475"/>
+  <dimension ref="A1:DA450"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="62" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:105" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:105" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>2</v>
       </c>
@@ -4332,184 +4257,59 @@
     <row r="446" spans="1:105">
       <c r="DA446" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="447" spans="1:105">
       <c r="DA447" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="448" spans="1:105">
       <c r="DA448" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="449" spans="1:105">
       <c r="DA449" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="450" spans="1:105">
       <c r="DA450" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="451" spans="1:105">
-[...123 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
-      <formula1>'Worksheet'!$DA$1:$DA$475</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$450</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>