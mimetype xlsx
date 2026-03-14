--- v0 (2025-12-16)
+++ v1 (2026-03-14)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="573">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="569">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>New Brunswick</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Mobile</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Abbotsford Pickleball Association</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
@@ -293,1317 +293,1305 @@
   <si>
     <t>Saskatchewan</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
     <t>Broadview Pickleball Club</t>
   </si>
   <si>
     <t>Yukon</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>Bulkley Valley Pickleball Club</t>
   </si>
   <si>
     <t>Northwest Territories</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
-    <t>Buranby (BPC)</t>
+    <t>Burnaby and Area Pickleball Association</t>
   </si>
   <si>
     <t>Alberta</t>
   </si>
   <si>
     <t>Antarctica</t>
   </si>
   <si>
-    <t>Burnaby and Area Pickleball Association</t>
+    <t>Calgary Pickleball Club</t>
   </si>
   <si>
     <t>Intro Class 5A (Sun Aug 10 | 10:00am to 11:15am)</t>
   </si>
   <si>
     <t>British Columbia</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
-    <t>Burnaby Pickleball (BPC)</t>
+    <t>Campbell River Pickleball Association</t>
   </si>
   <si>
     <t>Intro Class 5B (Sun Aug 10 | 11:30am to 12:45pm)</t>
   </si>
   <si>
     <t>Nunavut</t>
   </si>
   <si>
     <t>American Samoa</t>
   </si>
   <si>
-    <t>Calgary Pickleball Club</t>
+    <t>Camrose Pickleball Club</t>
   </si>
   <si>
     <t>Alabama</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>Campbell River Pickleball Association</t>
+    <t>Candle Lake Pickleball Club</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>Camrose Pickleball Club</t>
+    <t>Carstairs Pickleball Club</t>
   </si>
   <si>
     <t>Arizona</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
-    <t>Candle Lake Pickleball Club</t>
+    <t>Chestermere Pickleball Club</t>
   </si>
   <si>
     <t>Arkansas</t>
   </si>
   <si>
     <t>&amp;Aring;land</t>
   </si>
   <si>
-    <t>Carstairs Pickleball Club</t>
+    <t>Chilliwack Pickleball Club</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>Chestermere Pickleball Club</t>
+    <t>Christina Lake Pickleball Club</t>
   </si>
   <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>Chilliwack Pickleball Club</t>
+    <t>Coaldale Pickleball Club</t>
   </si>
   <si>
     <t>Connecticut</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>Christina Lake Pickleball Club</t>
+    <t>Cochrane Indoor Pickleball Association</t>
   </si>
   <si>
     <t>Delaware</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
-    <t>Coaldale Pickleball Club</t>
+    <t>Cochrane Pickleball Club</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>Cochrane Indoor Pickleball Association</t>
+    <t>Cold Lake Pickleball Club</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
-    <t>Cochrane Pickleball Club</t>
+    <t>Columbia Valley Indoor Pickleball Association</t>
   </si>
   <si>
     <t>Hawaii</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>Cold Lake Pickleball Club</t>
+    <t>Comox Valley Pickleball Association</t>
   </si>
   <si>
     <t>Idaho</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>Columbia Valley Indoor Pickleball Association</t>
+    <t>Cortes Island Pickleball Club</t>
   </si>
   <si>
     <t>Illinois</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>Comox Valley Pickleball Association</t>
+    <t>Coteau Beach Pickleball Club</t>
   </si>
   <si>
     <t>Indiana</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>Cortes Island Pickleball Club</t>
+    <t>Cowichan Lake Pickleball Club</t>
   </si>
   <si>
     <t>Iowa</t>
   </si>
   <si>
     <t>Saint BarthÈlemy</t>
   </si>
   <si>
-    <t>Coteau Beach Pickleball Club</t>
+    <t>Cranbrook Pickleball Club</t>
   </si>
   <si>
     <t>Kansas</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>Cowichan Lake Pickleball Club</t>
+    <t>Crooked Lake Pickleball Club</t>
   </si>
   <si>
     <t>Kentucky</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
-    <t>Cranbrook Pickleball Club</t>
+    <t>Dawson Creek Pickleball Club</t>
   </si>
   <si>
     <t>Louisiana</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>Crooked Lake Pickleball Club</t>
+    <t>Deaf Pickleball Club - BC</t>
   </si>
   <si>
     <t>Maine</t>
   </si>
   <si>
     <t>Bonaire</t>
   </si>
   <si>
-    <t>Dawson Creek Pickleball Club</t>
+    <t>Delta Pickleball Association</t>
   </si>
   <si>
     <t>Maryland</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>Deaf Pickleball Club - BC</t>
+    <t>Denman Island Pickleball Club</t>
   </si>
   <si>
     <t>Massachusetts</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
-    <t>Delta Pickleball Association</t>
+    <t>Desert Pickleball Club</t>
   </si>
   <si>
     <t>Michigan</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
-    <t>Denman Island Pickleball Club</t>
+    <t>Didsbury and District Pickleball Club</t>
   </si>
   <si>
     <t>Minnesota</t>
   </si>
   <si>
     <t>Bouvet Island</t>
   </si>
   <si>
-    <t>Desert Pickleball Club</t>
+    <t>Douglas Park Pickleball - (Langley)</t>
   </si>
   <si>
     <t>Mississippi</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
-    <t>Didsbury and District Pickleball Club</t>
+    <t>Drayton Valley Pickleball Club</t>
   </si>
   <si>
     <t>Missouri</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>Douglas Park Pickleball - (Langley)</t>
+    <t>Drayton Valley Senior Pickleball Club</t>
   </si>
   <si>
     <t>Montana</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
-    <t>Drayton Valley Pickleball Club</t>
+    <t>Drumheller Pickleball Club</t>
   </si>
   <si>
     <t>Nebraska</t>
   </si>
   <si>
     <t>Cocos [Keeling] Islands</t>
   </si>
   <si>
-    <t>Drayton Valley Senior Pickleball Club</t>
+    <t>East Rocky View Pickleball Club</t>
   </si>
   <si>
     <t>Nevada</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>Drumheller Pickleball Club</t>
+    <t>Edmonton Pickleball Club</t>
   </si>
   <si>
     <t>New Hampshire</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
-    <t>East Rocky View Pickleball Club</t>
+    <t>Edson Pickleball Club</t>
   </si>
   <si>
     <t>New Jersey</t>
   </si>
   <si>
     <t>Republic of the Congo</t>
   </si>
   <si>
-    <t>Edmonton Pickleball Club</t>
+    <t>Elk Point Pickleball Club</t>
   </si>
   <si>
     <t>New Mexico</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>Edson Pickleball Club</t>
+    <t>Estevan Pickleball Club</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>Ivory Coast</t>
   </si>
   <si>
-    <t>Elk Point Pickleball Club</t>
+    <t>Fort Pickleball Club</t>
   </si>
   <si>
     <t>North Carolina</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
-    <t>Estevan Pickleball Club</t>
+    <t>Fort Saskatchewan Pickleball Association</t>
   </si>
   <si>
     <t>North Dakota</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
-    <t>Fort Pickleball Club</t>
+    <t>Fraser Valley Pickleball</t>
   </si>
   <si>
     <t>Ohio</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>Fort Saskatchewan Pickleball Association</t>
+    <t>Funky Bounce Pickleball West Kelowna</t>
   </si>
   <si>
     <t>Oklahoma</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Fraser Valley Pickleball</t>
+    <t>Glenayre Pickleball Club</t>
   </si>
   <si>
     <t>Oregon</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
-    <t>Funky Bounce Pickleball West Kelowna</t>
+    <t>GLOBAL INDOOR Pickleball Club (Kelowna)</t>
   </si>
   <si>
     <t>Pennsylvania</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Glenayre Pickleball Club</t>
+    <t>Golden Ears Pickleball</t>
   </si>
   <si>
     <t>Rhode Island</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>GLOBAL INDOOR Pickleball Club (Kelowna)</t>
+    <t>Golden Pickleball Club</t>
   </si>
   <si>
     <t>South Carolina</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
-    <t>Golden Ears Pickleball</t>
+    <t>Grande Prairie Pickleball Club</t>
   </si>
   <si>
     <t>South Dakota</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
-    <t>Golden Pickleball Club</t>
+    <t>Heavy Dinkers Pickleball Club - Surrey</t>
   </si>
   <si>
     <t>Tennessee</t>
   </si>
   <si>
     <t>Christmas Island</t>
   </si>
   <si>
-    <t>Grande Prairie Pickleball Club</t>
+    <t>Hekate’s Retreat Pickleball Club</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>Heavy Dinkers Pickleball Club - Surrey</t>
+    <t>High River Pickleball Club</t>
   </si>
   <si>
     <t>Utah</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>Hekate’s Retreat Pickleball Club</t>
+    <t>Hinton Pickleball Club</t>
   </si>
   <si>
     <t>Vermont</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>High River Pickleball Club</t>
+    <t>Hitchcock Bay Pickleball Club</t>
   </si>
   <si>
     <t>Virginia</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
-    <t>Hinton Pickleball Club</t>
+    <t>Hollyburn Country Club - Pickleball</t>
   </si>
   <si>
     <t>Washington</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>Hitchcock Bay Pickleball Club</t>
+    <t>Horsefly Pickleball Club</t>
   </si>
   <si>
     <t>West Virginia</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
-    <t>Hollyburn Country Club - Pickleball</t>
+    <t>Hudson Bay Pickleball Club</t>
   </si>
   <si>
     <t>Wisconsin</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>Horsefly Pickleball Club</t>
+    <t>Interlakes Pickleball Program</t>
   </si>
   <si>
     <t>Wyoming</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
-    <t>Hudson Bay Pickleball Club</t>
+    <t>Invermere Pickleball Club</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>Interlakes Pickleball Program</t>
+    <t>Ituna Pickleball Club</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>Invermere Pickleball Club</t>
+    <t>Kamloops Pickleball Club</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Ituna Pickleball Club</t>
+    <t>Keremeos Pickleball Club</t>
   </si>
   <si>
     <t>Western Sahara</t>
   </si>
   <si>
-    <t>Kamloops Pickleball Club</t>
+    <t>Kimberley Pickleball Club</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>Keremeos Pickleball Club</t>
+    <t>Lacombe Pickleball Club</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>Kimberley Pickleball Club</t>
+    <t>Lake Country Pickleball Club</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
-    <t>Lacombe Pickleball Club</t>
+    <t>Last Mountain Pickleball Club</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>Lake Country Pickleball Club</t>
+    <t>Lethbridge Pickleball Club</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>Last Mountain Pickleball Club</t>
+    <t>Lighthouse Mixed Picklers</t>
   </si>
   <si>
     <t>Falkland Islands</t>
   </si>
   <si>
-    <t>Lethbridge Pickleball Club</t>
+    <t>Lloydminster Pickleball Club</t>
   </si>
   <si>
     <t>Micronesia</t>
   </si>
   <si>
-    <t>Lighthouse Mixed Picklers</t>
+    <t>Maple Creek Pickleball Club</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
-    <t>Lloydminster Pickleball Club</t>
+    <t>Mayne Island Pickleball</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>Maple Creek Pickleball Club</t>
+    <t>Medicine Hat Pickleball Club</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>Mayne Island Pickleball</t>
+    <t>Merritt Pickleball Club</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Medicine Hat Pickleball Club</t>
+    <t>Metchosin Pickleball Club</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
-    <t>Merritt Pickleball Club</t>
-[...2 lines deleted...]
-    <t>Metchosin Pickleball Club</t>
+    <t>Midway Pickleball Club</t>
+  </si>
+  <si>
+    <t>Mighty Peace Pickleball Club</t>
   </si>
   <si>
     <t>French Guiana</t>
   </si>
   <si>
-    <t>Midway Pickleball Club</t>
+    <t>Mission Pickleball Club</t>
   </si>
   <si>
     <t>Guernsey</t>
   </si>
   <si>
-    <t>Mighty Peace Pickleball Club</t>
+    <t>Moosomin Pickleball Club</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
-    <t>Mission Pickleball Club</t>
+    <t>Mountainside Pickleball League</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
-    <t>Moosomin Pickleball Club</t>
+    <t>Nanaimo Pickleball Club</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>Mountainside Pickleball League</t>
+    <t>Nanoose Bay Pickleball Club</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>Nanaimo Pickleball Club</t>
+    <t>Naramata Pickleball Club</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>Nanoose Bay Pickleball Club</t>
+    <t>Nelson Pickleball Club</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>Naramata Pickleball Club</t>
+    <t>New West Pickleball Club</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
-    <t>Nelson Pickleball Club</t>
+    <t>Norquay Pickleball Association</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>New West Pickleball Club</t>
+    <t>North Shore Pickleball Club</t>
   </si>
   <si>
     <t>South Georgia and the South Sandwich Islands</t>
   </si>
   <si>
-    <t>Norquay Pickleball Association</t>
+    <t>North Shore Winter Club</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
-    <t>North Shore Pickleball Club</t>
+    <t>North Shuswap Pickleball Club</t>
   </si>
   <si>
     <t>Guam</t>
   </si>
   <si>
-    <t>North Shore Winter Club</t>
+    <t>Northern Lights Pickleball Club</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>North Shuswap Pickleball Club</t>
+    <t>Okotoks Pickleball Club</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
-    <t>Northern Lights Pickleball Club</t>
+    <t>Olds Pickleball Club</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
-    <t>Okotoks Pickleball Club</t>
+    <t>Oliver Pickleball Club</t>
   </si>
   <si>
     <t>Heard Island and McDonald Islands</t>
   </si>
   <si>
-    <t>Olds Pickleball Club</t>
+    <t>OPC Oceanside Pickleball Club</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
-    <t>Oliver Pickleball Club</t>
+    <t>Oxbow Pickleball</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
-    <t>OPC Oceanside Pickleball Club</t>
+    <t>PA Picklers Association</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
-    <t>Oxbow Pickleball</t>
+    <t>Parkland Pickleheads</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>PA Picklers Association</t>
+    <t>Parksville Oceanside Pickleball Society</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>Pandora Morning Play (PMP)</t>
+    <t>Peace Country Pickleball Association</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>Parkland Pickleheads</t>
+    <t>Peach City Indoor Pickleball Club</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
-    <t>Parksville Oceanside Pickleball Society</t>
+    <t>Peachland Pickleball Club</t>
   </si>
   <si>
     <t>Isle of Man</t>
   </si>
   <si>
-    <t>Peace Country Pickleball Association</t>
+    <t>Peninsula Community Pickleball Club</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Peach City Indoor Pickleball Club</t>
+    <t>Penticton Pickleball Club</t>
   </si>
   <si>
     <t>British Indian Ocean Territory</t>
   </si>
   <si>
-    <t>Peachland Pickleball Club</t>
+    <t>Pickle  Lites</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
-    <t>Peninsula Community Pickleball Club</t>
+    <t>Pickleball Bella Coola</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
-    <t>Penticton Pickleball Club</t>
+    <t>Pickleball Fernie</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
-    <t>Pickle  Lites</t>
+    <t>Pickleball Kelowna Club</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>Pickleball Bella Coola</t>
+    <t>Pickleball Lac Pelletier</t>
   </si>
   <si>
     <t>Jersey</t>
   </si>
   <si>
-    <t>Pickleball Fernie</t>
+    <t>Pickleball Melville</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
-    <t>Pickleball Kelowna Club</t>
+    <t>Pickleball Moose Jaw Inc.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>Pickleball Lac Pelletier</t>
+    <t>Pickleball Parkland</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
-    <t>Pickleball Melville</t>
+    <t>Pickleball Regina Inc.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
-    <t>Pickleball Moose Jaw Inc.</t>
+    <t>Pickleball Southey</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
-    <t>Pickleball Parkland</t>
+    <t>Pickleball Squamish</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>Pickleball Regina Inc.</t>
+    <t>Pickleball Weyburn</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>Pickleball Southey</t>
+    <t>Pickleball Yorkton</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>Pickleball Squamish</t>
+    <t>Picklepals Club Wetaskiwin</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>Pickleball Weyburn</t>
+    <t>Pincher Creek Pickleball Society</t>
   </si>
   <si>
     <t>North Korea</t>
   </si>
   <si>
-    <t>Pickleball Yorkton</t>
+    <t>PoCoMo Pickleball Club</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
-    <t>Picklepals Club Wetaskiwin</t>
+    <t>Ponoka Picklers</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
-    <t>Pincher Creek Pickleball Society</t>
+    <t>Port Hardy Pickleball</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
-    <t>PoCoMo Pickleball Club</t>
+    <t>Port McNeill Pickleball Club</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
-    <t>Ponoka Picklers</t>
+    <t>Preeceville Pickleball Club</t>
   </si>
   <si>
     <t>Laos</t>
   </si>
   <si>
-    <t>Port Hardy Pickleball</t>
+    <t>Prince Albert Pickleball Club</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
-    <t>Port McNeill Pickleball Club</t>
+    <t>Prince George Tennis and Pickleball Club</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
-    <t>Preeceville Pickleball Club</t>
+    <t>Princeton Pickleball Association</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>Prince Albert Pickleball Club</t>
+    <t>qathet Pickleball Association -Powell River</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>Prince George Tennis and Pickleball Club</t>
+    <t>Qualicum Beach Pickleball Club</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
-    <t>Princeton Pickleball Association</t>
+    <t>Quesnel Pickleball Club</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
-    <t>qathet Pickleball Association -Powell River</t>
+    <t>Red Deer Pickleball Club</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
-    <t>Qualicum Beach Pickleball Club</t>
+    <t>Revelstoke Pickleball Club - Get Stoked</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>Quesnel Pickleball Club</t>
+    <t>Richmond BC Pickleball Association</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>Red Deer Pickleball Club</t>
+    <t>Rocky Mountain House Pickleball Club</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
-    <t>Revelstoke Pickleball Club - Get Stoked</t>
+    <t>Rockyford Pickleball Club</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
-    <t>Richmond BC Pickleball Association</t>
+    <t>Rosthern Pickleball Club</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
-    <t>Rocky Mountain House Pickleball Club</t>
+    <t>Saanich Peninsula Pickleball Association</t>
   </si>
   <si>
     <t>Moldova</t>
   </si>
   <si>
-    <t>Rockyford Pickleball Club</t>
+    <t>Salmon Arm Pickleball Club</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>Rosthern Pickleball Club</t>
+    <t>Saskatoon Pickleball Inc.</t>
   </si>
   <si>
     <t>Saint Martin</t>
   </si>
   <si>
-    <t>Saanich Peninsula Pickleball Association</t>
+    <t>Sea to Sky Pickleball</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>Salmon Arm Pickleball Club</t>
+    <t>Seba Pickleball And Tennis Association (SPATA)</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
-    <t>Saskatoon Pickleball Inc.</t>
+    <t>Shawnigan Lake Pickleball Club</t>
   </si>
   <si>
     <t>Macedonia</t>
   </si>
   <si>
-    <t>Sea to Sky Pickleball</t>
+    <t>Shellbrook Boreas Pickleball</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
-    <t>Seba Pickleball And Tennis Association (SPATA)</t>
+    <t>Shellbrook Pickleball Club</t>
   </si>
   <si>
     <t>Myanmar [Burma]</t>
   </si>
   <si>
-    <t>Shawnigan Lake Pickleball Club</t>
+    <t>Shuswap Lake Estates Pickleball</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
-    <t>Shellbrook Boreas Pickleball</t>
+    <t>Sicamous Pickleball Club</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
-    <t>Shellbrook Pickleball Club</t>
+    <t>Sooke Pickleball Club</t>
   </si>
   <si>
     <t>Northern Mariana Islands</t>
   </si>
   <si>
-    <t>Shuswap Lake Estates Pickleball</t>
+    <t>Sorrento Pickleball Club</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
-    <t>Sicamous Pickleball Club</t>
+    <t>South Cariboo Pickleball Association</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>Sooke Pickleball Club</t>
+    <t>South Cowichan Pickleball Club</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
-    <t>Sorrento Pickleball Club</t>
+    <t>South Okanagan Youth Pickleball Association (SOYPA)</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
-    <t>South Cariboo Pickleball Association</t>
+    <t>St. Albert Pickleball Club</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>South Cowichan Pickleball Club</t>
+    <t>St. Paul AB Pickleball Club</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
-    <t>St. Albert Pickleball Club</t>
+    <t>Steamboat Mountain Pickleball Club</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
-    <t>St. Paul AB Pickleball Club</t>
+    <t>Strathcona County Pickleball Association</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Steamboat Mountain Pickleball Club</t>
+    <t>Strathmore Pickleball Club</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Strathcona County Pickleball Association</t>
+    <t>Summerland Pickleball Association</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
-    <t>Strathmore Pickleball Club</t>
+    <t>Sundre Pickleball Association</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
-    <t>Summerland Pickleball Association</t>
+    <t>Sunshine Coast Pickleball Association</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>Sundre Pickleball Association</t>
+    <t>Surrey Pickleball Club</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
-    <t>Sunshine Coast Pickleball Association</t>
+    <t>Swift Current Pickleball Club</t>
   </si>
   <si>
     <t>Norfolk Island</t>
   </si>
   <si>
-    <t>Surrey Pickleball Club</t>
+    <t>Sylvan Lake Pickleball Club</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>Swift Current Pickleball Club</t>
+    <t>Tees Pickleball Club</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
-    <t>Sylvan Lake Pickleball Club</t>
+    <t>Terrace Pickleball Club</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>Tees Pickleball Club</t>
+    <t>Tofino Pickleball Society</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>Terrace Pickleball Club</t>
+    <t>Top Spin Pickleball Club</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>The Pickleball Society</t>
+    <t>Ucluelet Racquet Sports Club</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
-    <t>Tofino Pickleball Society</t>
+    <t>V-Club AB</t>
   </si>
   <si>
     <t>Niue</t>
   </si>
   <si>
-    <t>Top Spin Pickleball Club</t>
+    <t>V-Club BC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>Ucluelet Racquet Sports Club</t>
+    <t>V-Club Good Games</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>V-Club AB</t>
+    <t>V-Club SK</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>V-Club BC</t>
+    <t>Vancouver Island Pickleball Association</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>V-Club Good Games</t>
+    <t>Vancouver Pickleball Association</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>V-Club SK</t>
+    <t>Vanderhoof Pickleball</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
-    <t>Vancouver Island Pickleball Association</t>
+    <t>Vernon Pickleball Association</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
-    <t>Vancouver Pickleball Association</t>
+    <t>Victoria Regional Pickleball Association</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>Vanderhoof Pickleball</t>
+    <t>Vulcan Pickleball Club</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
-    <t>Vernon Pickleball Association</t>
+    <t>Warman Pickleball Club</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
-    <t>Victoria Regional Pickleball Association</t>
+    <t>West Arm Pickleball - Kootenay Lake</t>
   </si>
   <si>
     <t>Pitcairn Islands</t>
   </si>
   <si>
-    <t>VPA - Janet Martini (VPA)</t>
+    <t>West Kelowna Pickleball Club</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>Vulcan Pickleball Club</t>
+    <t>Westlock Pickleball Society</t>
   </si>
   <si>
     <t>Palestine</t>
   </si>
   <si>
-    <t>Warman Pickleball Club</t>
+    <t>Whistler Pickleball Association</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>West Arm Pickleball - Kootenay Lake</t>
+    <t>White City Emerald Park Pickleball Club</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
-    <t>West Kelowna Pickleball Club</t>
+    <t>White Rock Pickleball Association</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
-    <t>Westlock Pickleball Society</t>
+    <t>Whitewood Pickleball Club</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
-    <t>Whistler Pickleball Association</t>
+    <t>Williams Lake Pickleball Club (Society)</t>
   </si>
   <si>
     <t>Réunion</t>
   </si>
   <si>
-    <t>White City Emerald Park Pickleball Club</t>
+    <t>Wynyard Pickleball Club</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
-    <t>White Rock Pickleball Association</t>
+    <t>Yellowhead West Pickleball Club</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
-    <t>Whitewood Pickleball Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Russia</t>
   </si>
   <si>
-    <t>Williams Lake Pickleball Club (Society)</t>
-[...1 lines deleted...]
-  <si>
     <t>Rwanda</t>
   </si>
   <si>
-    <t>Wynyard Pickleball Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Saudi Arabia</t>
-  </si>
-[...1 lines deleted...]
-    <t>Yellowhead West Pickleball Club</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>Saint Helena</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Svalbard and Jan Mayen</t>
   </si>
@@ -2141,51 +2129,51 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="63" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="47" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="48" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="88" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="55" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="61" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="128" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="62" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:113" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
@@ -5030,592 +5018,580 @@
       </c>
       <c r="DF189" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="190" spans="1:113">
       <c r="D190" s="2"/>
       <c r="O190" t="s">
         <v>5</v>
       </c>
       <c r="DC190" t="s">
         <v>507</v>
       </c>
       <c r="DF190" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="191" spans="1:113">
       <c r="D191" s="2"/>
       <c r="O191" t="s">
         <v>5</v>
       </c>
       <c r="DC191" t="s">
         <v>509</v>
       </c>
-      <c r="DF191" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="192" spans="1:113">
       <c r="D192" s="2"/>
       <c r="O192" t="s">
         <v>5</v>
       </c>
       <c r="DC192" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>510</v>
       </c>
     </row>
     <row r="193" spans="1:113">
       <c r="D193" s="2"/>
       <c r="O193" t="s">
         <v>5</v>
       </c>
       <c r="DC193" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-        <v>514</v>
+        <v>511</v>
       </c>
     </row>
     <row r="194" spans="1:113">
       <c r="D194" s="2"/>
       <c r="O194" t="s">
         <v>5</v>
       </c>
       <c r="DC194" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>512</v>
       </c>
     </row>
     <row r="195" spans="1:113">
       <c r="D195" s="2"/>
       <c r="O195" t="s">
         <v>5</v>
       </c>
       <c r="DC195" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
     </row>
     <row r="196" spans="1:113">
       <c r="D196" s="2"/>
       <c r="O196" t="s">
         <v>5</v>
       </c>
       <c r="DC196" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="197" spans="1:113">
       <c r="D197" s="2"/>
       <c r="O197" t="s">
         <v>5</v>
       </c>
       <c r="DC197" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
     </row>
     <row r="198" spans="1:113">
       <c r="D198" s="2"/>
       <c r="O198" t="s">
         <v>5</v>
       </c>
       <c r="DC198" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
     </row>
     <row r="199" spans="1:113">
       <c r="D199" s="2"/>
       <c r="O199" t="s">
         <v>5</v>
       </c>
       <c r="DC199" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
     </row>
     <row r="200" spans="1:113">
       <c r="D200" s="2"/>
       <c r="O200" t="s">
         <v>5</v>
       </c>
       <c r="DC200" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
     </row>
     <row r="201" spans="1:113">
       <c r="D201" s="2"/>
       <c r="O201" t="s">
         <v>5</v>
       </c>
       <c r="DC201" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
     </row>
     <row r="202" spans="1:113">
       <c r="D202" s="2"/>
       <c r="O202" t="s">
         <v>5</v>
       </c>
       <c r="DC202" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
     </row>
     <row r="203" spans="1:113">
       <c r="D203" s="2"/>
       <c r="O203" t="s">
         <v>5</v>
       </c>
       <c r="DC203" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
     </row>
     <row r="204" spans="1:113">
       <c r="D204" s="2"/>
       <c r="O204" t="s">
         <v>5</v>
       </c>
       <c r="DC204" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
     </row>
     <row r="205" spans="1:113">
       <c r="D205" s="2"/>
       <c r="O205" t="s">
         <v>5</v>
       </c>
       <c r="DC205" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
     </row>
     <row r="206" spans="1:113">
       <c r="D206" s="2"/>
       <c r="O206" t="s">
         <v>5</v>
       </c>
       <c r="DC206" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
     </row>
     <row r="207" spans="1:113">
       <c r="D207" s="2"/>
       <c r="O207" t="s">
         <v>5</v>
       </c>
       <c r="DC207" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
     </row>
     <row r="208" spans="1:113">
       <c r="D208" s="2"/>
       <c r="O208" t="s">
         <v>5</v>
       </c>
       <c r="DC208" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
     </row>
     <row r="209" spans="1:113">
       <c r="D209" s="2"/>
       <c r="O209" t="s">
         <v>5</v>
       </c>
       <c r="DC209" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
     </row>
     <row r="210" spans="1:113">
       <c r="D210" s="2"/>
       <c r="O210" t="s">
         <v>5</v>
       </c>
       <c r="DC210" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
     </row>
     <row r="211" spans="1:113">
       <c r="D211" s="2"/>
       <c r="O211" t="s">
         <v>5</v>
       </c>
       <c r="DC211" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
     </row>
     <row r="212" spans="1:113">
       <c r="D212" s="2"/>
       <c r="O212" t="s">
         <v>5</v>
       </c>
       <c r="DC212" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
     </row>
     <row r="213" spans="1:113">
       <c r="D213" s="2"/>
       <c r="O213" t="s">
         <v>5</v>
       </c>
       <c r="DC213" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
     </row>
     <row r="214" spans="1:113">
       <c r="D214" s="2"/>
       <c r="O214" t="s">
         <v>5</v>
       </c>
       <c r="DC214" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
     </row>
     <row r="215" spans="1:113">
       <c r="D215" s="2"/>
       <c r="O215" t="s">
         <v>5</v>
       </c>
       <c r="DC215" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
     </row>
     <row r="216" spans="1:113">
       <c r="D216" s="2"/>
       <c r="O216" t="s">
         <v>5</v>
       </c>
       <c r="DC216" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
     </row>
     <row r="217" spans="1:113">
       <c r="D217" s="2"/>
       <c r="O217" t="s">
         <v>5</v>
       </c>
       <c r="DC217" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
     </row>
     <row r="218" spans="1:113">
       <c r="D218" s="2"/>
       <c r="O218" t="s">
         <v>5</v>
       </c>
       <c r="DC218" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
     </row>
     <row r="219" spans="1:113">
       <c r="D219" s="2"/>
       <c r="O219" t="s">
         <v>5</v>
       </c>
       <c r="DC219" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
     </row>
     <row r="220" spans="1:113">
       <c r="D220" s="2"/>
       <c r="O220" t="s">
         <v>5</v>
       </c>
       <c r="DC220" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
     </row>
     <row r="221" spans="1:113">
       <c r="D221" s="2"/>
       <c r="O221" t="s">
         <v>5</v>
       </c>
       <c r="DC221" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
     </row>
     <row r="222" spans="1:113">
       <c r="D222" s="2"/>
       <c r="O222" t="s">
         <v>5</v>
       </c>
       <c r="DC222" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
     </row>
     <row r="223" spans="1:113">
       <c r="D223" s="2"/>
       <c r="O223" t="s">
         <v>5</v>
       </c>
       <c r="DC223" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
     </row>
     <row r="224" spans="1:113">
       <c r="D224" s="2"/>
       <c r="O224" t="s">
         <v>5</v>
       </c>
       <c r="DC224" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
     </row>
     <row r="225" spans="1:113">
       <c r="D225" s="2"/>
       <c r="O225" t="s">
         <v>5</v>
       </c>
       <c r="DC225" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
     </row>
     <row r="226" spans="1:113">
       <c r="D226" s="2"/>
       <c r="O226" t="s">
         <v>5</v>
       </c>
       <c r="DC226" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
     </row>
     <row r="227" spans="1:113">
       <c r="D227" s="2"/>
       <c r="O227" t="s">
         <v>5</v>
       </c>
       <c r="DC227" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
     </row>
     <row r="228" spans="1:113">
       <c r="D228" s="2"/>
       <c r="O228" t="s">
         <v>5</v>
       </c>
       <c r="DC228" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
     </row>
     <row r="229" spans="1:113">
       <c r="D229" s="2"/>
       <c r="O229" t="s">
         <v>5</v>
       </c>
       <c r="DC229" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
     </row>
     <row r="230" spans="1:113">
       <c r="D230" s="2"/>
       <c r="O230" t="s">
         <v>5</v>
       </c>
       <c r="DC230" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
     </row>
     <row r="231" spans="1:113">
       <c r="D231" s="2"/>
       <c r="O231" t="s">
         <v>5</v>
       </c>
       <c r="DC231" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
     </row>
     <row r="232" spans="1:113">
       <c r="D232" s="2"/>
       <c r="O232" t="s">
         <v>5</v>
       </c>
       <c r="DC232" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
     </row>
     <row r="233" spans="1:113">
       <c r="D233" s="2"/>
       <c r="O233" t="s">
         <v>5</v>
       </c>
       <c r="DC233" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
     </row>
     <row r="234" spans="1:113">
       <c r="D234" s="2"/>
       <c r="O234" t="s">
         <v>5</v>
       </c>
       <c r="DC234" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
     </row>
     <row r="235" spans="1:113">
       <c r="D235" s="2"/>
       <c r="O235" t="s">
         <v>5</v>
       </c>
       <c r="DC235" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
     </row>
     <row r="236" spans="1:113">
       <c r="D236" s="2"/>
       <c r="O236" t="s">
         <v>5</v>
       </c>
       <c r="DC236" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
     </row>
     <row r="237" spans="1:113">
       <c r="D237" s="2"/>
       <c r="O237" t="s">
         <v>5</v>
       </c>
       <c r="DC237" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
     </row>
     <row r="238" spans="1:113">
       <c r="D238" s="2"/>
       <c r="O238" t="s">
         <v>5</v>
       </c>
       <c r="DC238" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
     </row>
     <row r="239" spans="1:113">
       <c r="D239" s="2"/>
       <c r="O239" t="s">
         <v>5</v>
       </c>
       <c r="DC239" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
     </row>
     <row r="240" spans="1:113">
       <c r="D240" s="2"/>
       <c r="O240" t="s">
         <v>5</v>
       </c>
       <c r="DC240" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
     </row>
     <row r="241" spans="1:113">
       <c r="D241" s="2"/>
       <c r="O241" t="s">
         <v>5</v>
       </c>
       <c r="DC241" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
     </row>
     <row r="242" spans="1:113">
       <c r="D242" s="2"/>
       <c r="O242" t="s">
         <v>5</v>
       </c>
       <c r="DC242" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
     </row>
     <row r="243" spans="1:113">
       <c r="D243" s="2"/>
       <c r="O243" t="s">
         <v>5</v>
       </c>
       <c r="DC243" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
     </row>
     <row r="244" spans="1:113">
       <c r="D244" s="2"/>
       <c r="O244" t="s">
         <v>5</v>
       </c>
       <c r="DC244" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
     </row>
     <row r="245" spans="1:113">
       <c r="D245" s="2"/>
       <c r="O245" t="s">
         <v>5</v>
       </c>
       <c r="DC245" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
     </row>
     <row r="246" spans="1:113">
       <c r="D246" s="2"/>
       <c r="O246" t="s">
         <v>5</v>
       </c>
       <c r="DC246" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
     </row>
     <row r="247" spans="1:113">
       <c r="D247" s="2"/>
       <c r="O247" t="s">
         <v>5</v>
       </c>
       <c r="DC247" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
     </row>
     <row r="248" spans="1:113">
       <c r="D248" s="2"/>
       <c r="O248" t="s">
         <v>5</v>
       </c>
       <c r="DC248" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
     </row>
     <row r="249" spans="1:113">
       <c r="D249" s="2"/>
       <c r="O249" t="s">
         <v>5</v>
       </c>
       <c r="DC249" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
     </row>
     <row r="250" spans="1:113">
       <c r="D250" s="2"/>
       <c r="O250" t="s">
         <v>5</v>
       </c>
       <c r="DC250" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
     </row>
     <row r="251" spans="1:113">
       <c r="D251" s="2"/>
       <c r="O251" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="252" spans="1:113">
       <c r="D252" s="2"/>
       <c r="O252" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253" spans="1:113">
       <c r="D253" s="2"/>
       <c r="O253" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="254" spans="1:113">
       <c r="D254" s="2"/>
       <c r="O254" t="s">
         <v>5</v>
       </c>
@@ -10106,51 +10082,51 @@
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AA5:AA1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AB5:AB1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AC5:AC1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DB$1:$DB$63</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DC$1:$DC$250</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
       <formula1>'Worksheet'!$DE$1:$DE$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DF$1:$DF$194</formula1>
+      <formula1>'Worksheet'!$DF$1:$DF$190</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
       <formula1>'Worksheet'!$DG$1:$DG$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
       <formula1>'Worksheet'!$DH$1:$DH$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="V5:V1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="W5:W1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="X5:X1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Y5:Y1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Z5:Z1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>