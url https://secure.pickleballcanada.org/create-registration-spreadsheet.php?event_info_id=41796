--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -9,92 +9,95 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
-    <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
+    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
   </si>
   <si>
-    <t>Yes</t>
+    <t>Oui</t>
   </si>
   <si>
     <t>41796:typeValue:102</t>
   </si>
   <si>
     <t>41796:typeValue:103</t>
   </si>
   <si>
     <t>41796:typeValue:5:47101</t>
   </si>
   <si>
     <t>41796:typeValue:14:47102</t>
   </si>
   <si>
     <t>41796:typeValue-2:14</t>
   </si>
   <si>
-    <t>No</t>
+    <t>Non</t>
   </si>
   <si>
-    <t>Event Registration - Stouffville Pickleball Players Party for July</t>
+    <t>Inscription à l'événement - Stouffville Pickleball Players Party for July</t>
   </si>
   <si>
-    <t>First Name</t>
+    <t>Prénom</t>
   </si>
   <si>
-    <t>Last Name</t>
+    <t>Nom</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
-    <t>Email Opt In</t>
+    <t>Choisissez l'option de recevoir des courriels</t>
+  </si>
+  <si>
+    <t>Yes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -444,51 +447,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:DA1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="24" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="54" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="4" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:105" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:105" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
       <c r="C2" t="s">
         <v>4</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="E2" t="s">
@@ -702,5026 +705,5026 @@
       <c r="CE4" s="3"/>
       <c r="CF4" s="3"/>
       <c r="CG4" s="3"/>
       <c r="CH4" s="3"/>
       <c r="CI4" s="3"/>
       <c r="CJ4" s="3"/>
       <c r="CK4" s="3"/>
       <c r="CL4" s="3"/>
       <c r="CM4" s="3"/>
       <c r="CN4" s="3"/>
       <c r="CO4" s="3"/>
       <c r="CP4" s="3"/>
       <c r="CQ4" s="3"/>
       <c r="CR4" s="3"/>
       <c r="CS4" s="3"/>
       <c r="CT4" s="3"/>
       <c r="CU4" s="3"/>
       <c r="CV4" s="3"/>
       <c r="CW4" s="3"/>
       <c r="CX4" s="3"/>
       <c r="CY4" s="3"/>
       <c r="CZ4" s="3"/>
     </row>
     <row r="5" spans="1:105">
       <c r="E5" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:105">
       <c r="E6" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:105">
       <c r="E7" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:105">
       <c r="E8" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:105">
       <c r="E9" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:105">
       <c r="E10" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:105">
       <c r="E11" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:105">
       <c r="E12" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:105">
       <c r="E13" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:105">
       <c r="E14" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:105">
       <c r="E15" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:105">
       <c r="E16" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:105">
       <c r="E17" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:105">
       <c r="E18" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:105">
       <c r="E19" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:105">
       <c r="E20" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:105">
       <c r="E21" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:105">
       <c r="E22" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:105">
       <c r="E23" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:105">
       <c r="E24" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:105">
       <c r="E25" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:105">
       <c r="E26" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:105">
       <c r="E27" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:105">
       <c r="E28" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:105">
       <c r="E29" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:105">
       <c r="E30" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:105">
       <c r="E31" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:105">
       <c r="E32" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:105">
       <c r="E33" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:105">
       <c r="E34" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:105">
       <c r="E35" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:105">
       <c r="E36" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:105">
       <c r="E37" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:105">
       <c r="E38" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:105">
       <c r="E39" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:105">
       <c r="E40" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:105">
       <c r="E41" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:105">
       <c r="E42" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:105">
       <c r="E43" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:105">
       <c r="E44" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:105">
       <c r="E45" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:105">
       <c r="E46" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:105">
       <c r="E47" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:105">
       <c r="E48" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:105">
       <c r="E49" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:105">
       <c r="E50" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:105">
       <c r="E51" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:105">
       <c r="E52" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:105">
       <c r="E53" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:105">
       <c r="E54" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:105">
       <c r="E55" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:105">
       <c r="E56" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:105">
       <c r="E57" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:105">
       <c r="E58" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:105">
       <c r="E59" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:105">
       <c r="E60" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:105">
       <c r="E61" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:105">
       <c r="E62" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:105">
       <c r="E63" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:105">
       <c r="E64" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:105">
       <c r="E65" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:105">
       <c r="E66" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:105">
       <c r="E67" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:105">
       <c r="E68" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:105">
       <c r="E69" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:105">
       <c r="E70" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:105">
       <c r="E71" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:105">
       <c r="E72" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:105">
       <c r="E73" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:105">
       <c r="E74" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:105">
       <c r="E75" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:105">
       <c r="E76" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:105">
       <c r="E77" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:105">
       <c r="E78" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:105">
       <c r="E79" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:105">
       <c r="E80" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:105">
       <c r="E81" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:105">
       <c r="E82" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:105">
       <c r="E83" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:105">
       <c r="E84" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:105">
       <c r="E85" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:105">
       <c r="E86" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:105">
       <c r="E87" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:105">
       <c r="E88" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:105">
       <c r="E89" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:105">
       <c r="E90" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:105">
       <c r="E91" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:105">
       <c r="E92" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:105">
       <c r="E93" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:105">
       <c r="E94" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:105">
       <c r="E95" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:105">
       <c r="E96" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:105">
       <c r="E97" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:105">
       <c r="E98" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:105">
       <c r="E99" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:105">
       <c r="E100" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:105">
       <c r="E101" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="102" spans="1:105">
       <c r="E102" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:105">
       <c r="E103" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:105">
       <c r="E104" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:105">
       <c r="E105" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:105">
       <c r="E106" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:105">
       <c r="E107" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:105">
       <c r="E108" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:105">
       <c r="E109" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:105">
       <c r="E110" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="111" spans="1:105">
       <c r="E111" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:105">
       <c r="E112" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:105">
       <c r="E113" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="114" spans="1:105">
       <c r="E114" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="115" spans="1:105">
       <c r="E115" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:105">
       <c r="E116" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:105">
       <c r="E117" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="118" spans="1:105">
       <c r="E118" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:105">
       <c r="E119" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:105">
       <c r="E120" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:105">
       <c r="E121" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:105">
       <c r="E122" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:105">
       <c r="E123" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:105">
       <c r="E124" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:105">
       <c r="E125" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:105">
       <c r="E126" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:105">
       <c r="E127" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="128" spans="1:105">
       <c r="E128" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="129" spans="1:105">
       <c r="E129" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:105">
       <c r="E130" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:105">
       <c r="E131" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:105">
       <c r="E132" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:105">
       <c r="E133" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:105">
       <c r="E134" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:105">
       <c r="E135" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="136" spans="1:105">
       <c r="E136" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:105">
       <c r="E137" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:105">
       <c r="E138" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:105">
       <c r="E139" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:105">
       <c r="E140" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:105">
       <c r="E141" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:105">
       <c r="E142" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:105">
       <c r="E143" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:105">
       <c r="E144" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="145" spans="1:105">
       <c r="E145" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="146" spans="1:105">
       <c r="E146" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:105">
       <c r="E147" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:105">
       <c r="E148" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:105">
       <c r="E149" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="150" spans="1:105">
       <c r="E150" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="151" spans="1:105">
       <c r="E151" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:105">
       <c r="E152" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:105">
       <c r="E153" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="154" spans="1:105">
       <c r="E154" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="155" spans="1:105">
       <c r="E155" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="156" spans="1:105">
       <c r="E156" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:105">
       <c r="E157" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:105">
       <c r="E158" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:105">
       <c r="E159" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="160" spans="1:105">
       <c r="E160" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:105">
       <c r="E161" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:105">
       <c r="E162" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:105">
       <c r="E163" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="164" spans="1:105">
       <c r="E164" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:105">
       <c r="E165" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:105">
       <c r="E166" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="167" spans="1:105">
       <c r="E167" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:105">
       <c r="E168" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="169" spans="1:105">
       <c r="E169" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:105">
       <c r="E170" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="171" spans="1:105">
       <c r="E171" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="172" spans="1:105">
       <c r="E172" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="173" spans="1:105">
       <c r="E173" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="174" spans="1:105">
       <c r="E174" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="175" spans="1:105">
       <c r="E175" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="176" spans="1:105">
       <c r="E176" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="177" spans="1:105">
       <c r="E177" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="178" spans="1:105">
       <c r="E178" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="179" spans="1:105">
       <c r="E179" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="180" spans="1:105">
       <c r="E180" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="181" spans="1:105">
       <c r="E181" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="182" spans="1:105">
       <c r="E182" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="183" spans="1:105">
       <c r="E183" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="184" spans="1:105">
       <c r="E184" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:105">
       <c r="E185" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="186" spans="1:105">
       <c r="E186" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="187" spans="1:105">
       <c r="E187" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="188" spans="1:105">
       <c r="E188" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:105">
       <c r="E189" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="190" spans="1:105">
       <c r="E190" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="191" spans="1:105">
       <c r="E191" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:105">
       <c r="E192" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="193" spans="1:105">
       <c r="E193" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:105">
       <c r="E194" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="195" spans="1:105">
       <c r="E195" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="196" spans="1:105">
       <c r="E196" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="197" spans="1:105">
       <c r="E197" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:105">
       <c r="E198" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="199" spans="1:105">
       <c r="E199" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="200" spans="1:105">
       <c r="E200" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="201" spans="1:105">
       <c r="E201" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="202" spans="1:105">
       <c r="E202" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="203" spans="1:105">
       <c r="E203" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="204" spans="1:105">
       <c r="E204" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="205" spans="1:105">
       <c r="E205" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="206" spans="1:105">
       <c r="E206" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="207" spans="1:105">
       <c r="E207" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:105">
       <c r="E208" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="209" spans="1:105">
       <c r="E209" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="210" spans="1:105">
       <c r="E210" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="211" spans="1:105">
       <c r="E211" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="212" spans="1:105">
       <c r="E212" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="213" spans="1:105">
       <c r="E213" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="214" spans="1:105">
       <c r="E214" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="215" spans="1:105">
       <c r="E215" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="216" spans="1:105">
       <c r="E216" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="217" spans="1:105">
       <c r="E217" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:105">
       <c r="E218" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="219" spans="1:105">
       <c r="E219" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="220" spans="1:105">
       <c r="E220" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="221" spans="1:105">
       <c r="E221" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="222" spans="1:105">
       <c r="E222" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="223" spans="1:105">
       <c r="E223" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:105">
       <c r="E224" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:105">
       <c r="E225" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="226" spans="1:105">
       <c r="E226" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="227" spans="1:105">
       <c r="E227" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="228" spans="1:105">
       <c r="E228" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:105">
       <c r="E229" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="230" spans="1:105">
       <c r="E230" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="231" spans="1:105">
       <c r="E231" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:105">
       <c r="E232" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="233" spans="1:105">
       <c r="E233" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="234" spans="1:105">
       <c r="E234" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="235" spans="1:105">
       <c r="E235" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:105">
       <c r="E236" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="237" spans="1:105">
       <c r="E237" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="238" spans="1:105">
       <c r="E238" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:105">
       <c r="E239" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="240" spans="1:105">
       <c r="E240" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="241" spans="1:105">
       <c r="E241" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="242" spans="1:105">
       <c r="E242" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="243" spans="1:105">
       <c r="E243" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="244" spans="1:105">
       <c r="E244" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="245" spans="1:105">
       <c r="E245" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="246" spans="1:105">
       <c r="E246" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="247" spans="1:105">
       <c r="E247" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="248" spans="1:105">
       <c r="E248" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="249" spans="1:105">
       <c r="E249" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="250" spans="1:105">
       <c r="E250" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="251" spans="1:105">
       <c r="E251" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="252" spans="1:105">
       <c r="E252" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="253" spans="1:105">
       <c r="E253" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="254" spans="1:105">
       <c r="E254" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="255" spans="1:105">
       <c r="E255" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="256" spans="1:105">
       <c r="E256" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="257" spans="1:105">
       <c r="E257" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="258" spans="1:105">
       <c r="E258" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="259" spans="1:105">
       <c r="E259" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="260" spans="1:105">
       <c r="E260" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="261" spans="1:105">
       <c r="E261" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="262" spans="1:105">
       <c r="E262" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="263" spans="1:105">
       <c r="E263" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="264" spans="1:105">
       <c r="E264" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="265" spans="1:105">
       <c r="E265" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="266" spans="1:105">
       <c r="E266" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:105">
       <c r="E267" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="268" spans="1:105">
       <c r="E268" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="269" spans="1:105">
       <c r="E269" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="270" spans="1:105">
       <c r="E270" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="271" spans="1:105">
       <c r="E271" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="272" spans="1:105">
       <c r="E272" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="273" spans="1:105">
       <c r="E273" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="274" spans="1:105">
       <c r="E274" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="275" spans="1:105">
       <c r="E275" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="276" spans="1:105">
       <c r="E276" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="277" spans="1:105">
       <c r="E277" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="278" spans="1:105">
       <c r="E278" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="279" spans="1:105">
       <c r="E279" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="280" spans="1:105">
       <c r="E280" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:105">
       <c r="E281" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="282" spans="1:105">
       <c r="E282" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="283" spans="1:105">
       <c r="E283" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="284" spans="1:105">
       <c r="E284" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="285" spans="1:105">
       <c r="E285" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="286" spans="1:105">
       <c r="E286" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:105">
       <c r="E287" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="288" spans="1:105">
       <c r="E288" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="289" spans="1:105">
       <c r="E289" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="290" spans="1:105">
       <c r="E290" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="291" spans="1:105">
       <c r="E291" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="292" spans="1:105">
       <c r="E292" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="293" spans="1:105">
       <c r="E293" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="294" spans="1:105">
       <c r="E294" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="295" spans="1:105">
       <c r="E295" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="296" spans="1:105">
       <c r="E296" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="297" spans="1:105">
       <c r="E297" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="298" spans="1:105">
       <c r="E298" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="299" spans="1:105">
       <c r="E299" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="300" spans="1:105">
       <c r="E300" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="301" spans="1:105">
       <c r="E301" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="302" spans="1:105">
       <c r="E302" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="303" spans="1:105">
       <c r="E303" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="304" spans="1:105">
       <c r="E304" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="305" spans="1:105">
       <c r="E305" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="306" spans="1:105">
       <c r="E306" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="307" spans="1:105">
       <c r="E307" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="308" spans="1:105">
       <c r="E308" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="309" spans="1:105">
       <c r="E309" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="310" spans="1:105">
       <c r="E310" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="311" spans="1:105">
       <c r="E311" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="312" spans="1:105">
       <c r="E312" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="313" spans="1:105">
       <c r="E313" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="314" spans="1:105">
       <c r="E314" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="315" spans="1:105">
       <c r="E315" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="316" spans="1:105">
       <c r="E316" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="317" spans="1:105">
       <c r="E317" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="318" spans="1:105">
       <c r="E318" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="319" spans="1:105">
       <c r="E319" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="320" spans="1:105">
       <c r="E320" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="321" spans="1:105">
       <c r="E321" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="322" spans="1:105">
       <c r="E322" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="323" spans="1:105">
       <c r="E323" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="324" spans="1:105">
       <c r="E324" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="325" spans="1:105">
       <c r="E325" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="326" spans="1:105">
       <c r="E326" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="327" spans="1:105">
       <c r="E327" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="328" spans="1:105">
       <c r="E328" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="329" spans="1:105">
       <c r="E329" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="330" spans="1:105">
       <c r="E330" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="331" spans="1:105">
       <c r="E331" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="332" spans="1:105">
       <c r="E332" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="333" spans="1:105">
       <c r="E333" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="334" spans="1:105">
       <c r="E334" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="335" spans="1:105">
       <c r="E335" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="336" spans="1:105">
       <c r="E336" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="337" spans="1:105">
       <c r="E337" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="338" spans="1:105">
       <c r="E338" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="339" spans="1:105">
       <c r="E339" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="340" spans="1:105">
       <c r="E340" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="341" spans="1:105">
       <c r="E341" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="342" spans="1:105">
       <c r="E342" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="343" spans="1:105">
       <c r="E343" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="344" spans="1:105">
       <c r="E344" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="345" spans="1:105">
       <c r="E345" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="346" spans="1:105">
       <c r="E346" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="347" spans="1:105">
       <c r="E347" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="348" spans="1:105">
       <c r="E348" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="349" spans="1:105">
       <c r="E349" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="350" spans="1:105">
       <c r="E350" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="351" spans="1:105">
       <c r="E351" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="352" spans="1:105">
       <c r="E352" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="353" spans="1:105">
       <c r="E353" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="354" spans="1:105">
       <c r="E354" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="355" spans="1:105">
       <c r="E355" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="356" spans="1:105">
       <c r="E356" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="357" spans="1:105">
       <c r="E357" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="358" spans="1:105">
       <c r="E358" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="359" spans="1:105">
       <c r="E359" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="360" spans="1:105">
       <c r="E360" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="361" spans="1:105">
       <c r="E361" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="362" spans="1:105">
       <c r="E362" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="363" spans="1:105">
       <c r="E363" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="364" spans="1:105">
       <c r="E364" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="365" spans="1:105">
       <c r="E365" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="366" spans="1:105">
       <c r="E366" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="367" spans="1:105">
       <c r="E367" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="368" spans="1:105">
       <c r="E368" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="369" spans="1:105">
       <c r="E369" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="370" spans="1:105">
       <c r="E370" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="371" spans="1:105">
       <c r="E371" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="372" spans="1:105">
       <c r="E372" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="373" spans="1:105">
       <c r="E373" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="374" spans="1:105">
       <c r="E374" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="375" spans="1:105">
       <c r="E375" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="376" spans="1:105">
       <c r="E376" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="377" spans="1:105">
       <c r="E377" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="378" spans="1:105">
       <c r="E378" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="379" spans="1:105">
       <c r="E379" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="380" spans="1:105">
       <c r="E380" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="381" spans="1:105">
       <c r="E381" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="382" spans="1:105">
       <c r="E382" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="383" spans="1:105">
       <c r="E383" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="384" spans="1:105">
       <c r="E384" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="385" spans="1:105">
       <c r="E385" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="386" spans="1:105">
       <c r="E386" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="387" spans="1:105">
       <c r="E387" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="388" spans="1:105">
       <c r="E388" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="389" spans="1:105">
       <c r="E389" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="390" spans="1:105">
       <c r="E390" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="391" spans="1:105">
       <c r="E391" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="392" spans="1:105">
       <c r="E392" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="393" spans="1:105">
       <c r="E393" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="394" spans="1:105">
       <c r="E394" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="395" spans="1:105">
       <c r="E395" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="396" spans="1:105">
       <c r="E396" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="397" spans="1:105">
       <c r="E397" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="398" spans="1:105">
       <c r="E398" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="399" spans="1:105">
       <c r="E399" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="400" spans="1:105">
       <c r="E400" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="401" spans="1:105">
       <c r="E401" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="402" spans="1:105">
       <c r="E402" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="403" spans="1:105">
       <c r="E403" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="404" spans="1:105">
       <c r="E404" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="405" spans="1:105">
       <c r="E405" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="406" spans="1:105">
       <c r="E406" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="407" spans="1:105">
       <c r="E407" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="408" spans="1:105">
       <c r="E408" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="409" spans="1:105">
       <c r="E409" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="410" spans="1:105">
       <c r="E410" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="411" spans="1:105">
       <c r="E411" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="412" spans="1:105">
       <c r="E412" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="413" spans="1:105">
       <c r="E413" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="414" spans="1:105">
       <c r="E414" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="415" spans="1:105">
       <c r="E415" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="416" spans="1:105">
       <c r="E416" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="417" spans="1:105">
       <c r="E417" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="418" spans="1:105">
       <c r="E418" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="419" spans="1:105">
       <c r="E419" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="420" spans="1:105">
       <c r="E420" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="421" spans="1:105">
       <c r="E421" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="422" spans="1:105">
       <c r="E422" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="423" spans="1:105">
       <c r="E423" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="424" spans="1:105">
       <c r="E424" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="425" spans="1:105">
       <c r="E425" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="426" spans="1:105">
       <c r="E426" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="427" spans="1:105">
       <c r="E427" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="428" spans="1:105">
       <c r="E428" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="429" spans="1:105">
       <c r="E429" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="430" spans="1:105">
       <c r="E430" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="431" spans="1:105">
       <c r="E431" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="432" spans="1:105">
       <c r="E432" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="433" spans="1:105">
       <c r="E433" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="434" spans="1:105">
       <c r="E434" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="435" spans="1:105">
       <c r="E435" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="436" spans="1:105">
       <c r="E436" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="437" spans="1:105">
       <c r="E437" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="438" spans="1:105">
       <c r="E438" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="439" spans="1:105">
       <c r="E439" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="440" spans="1:105">
       <c r="E440" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="441" spans="1:105">
       <c r="E441" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="442" spans="1:105">
       <c r="E442" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="443" spans="1:105">
       <c r="E443" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="444" spans="1:105">
       <c r="E444" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="445" spans="1:105">
       <c r="E445" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="446" spans="1:105">
       <c r="E446" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="447" spans="1:105">
       <c r="E447" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="448" spans="1:105">
       <c r="E448" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="449" spans="1:105">
       <c r="E449" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="450" spans="1:105">
       <c r="E450" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="451" spans="1:105">
       <c r="E451" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="452" spans="1:105">
       <c r="E452" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="453" spans="1:105">
       <c r="E453" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="454" spans="1:105">
       <c r="E454" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="455" spans="1:105">
       <c r="E455" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="456" spans="1:105">
       <c r="E456" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="457" spans="1:105">
       <c r="E457" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="458" spans="1:105">
       <c r="E458" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="459" spans="1:105">
       <c r="E459" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="460" spans="1:105">
       <c r="E460" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="461" spans="1:105">
       <c r="E461" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="462" spans="1:105">
       <c r="E462" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="463" spans="1:105">
       <c r="E463" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="464" spans="1:105">
       <c r="E464" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="465" spans="1:105">
       <c r="E465" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="466" spans="1:105">
       <c r="E466" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="467" spans="1:105">
       <c r="E467" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="468" spans="1:105">
       <c r="E468" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="469" spans="1:105">
       <c r="E469" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="470" spans="1:105">
       <c r="E470" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="471" spans="1:105">
       <c r="E471" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="472" spans="1:105">
       <c r="E472" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="473" spans="1:105">
       <c r="E473" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="474" spans="1:105">
       <c r="E474" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="475" spans="1:105">
       <c r="E475" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="476" spans="1:105">
       <c r="E476" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="477" spans="1:105">
       <c r="E477" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="478" spans="1:105">
       <c r="E478" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="479" spans="1:105">
       <c r="E479" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="480" spans="1:105">
       <c r="E480" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="481" spans="1:105">
       <c r="E481" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="482" spans="1:105">
       <c r="E482" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="483" spans="1:105">
       <c r="E483" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="484" spans="1:105">
       <c r="E484" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="485" spans="1:105">
       <c r="E485" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="486" spans="1:105">
       <c r="E486" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="487" spans="1:105">
       <c r="E487" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="488" spans="1:105">
       <c r="E488" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="489" spans="1:105">
       <c r="E489" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="490" spans="1:105">
       <c r="E490" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="491" spans="1:105">
       <c r="E491" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="492" spans="1:105">
       <c r="E492" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="493" spans="1:105">
       <c r="E493" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="494" spans="1:105">
       <c r="E494" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="495" spans="1:105">
       <c r="E495" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="496" spans="1:105">
       <c r="E496" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="497" spans="1:105">
       <c r="E497" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="498" spans="1:105">
       <c r="E498" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="499" spans="1:105">
       <c r="E499" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="500" spans="1:105">
       <c r="E500" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="501" spans="1:105">
       <c r="E501" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="502" spans="1:105">
       <c r="E502" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="503" spans="1:105">
       <c r="E503" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="504" spans="1:105">
       <c r="E504" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="505" spans="1:105">
       <c r="E505" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="506" spans="1:105">
       <c r="E506" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="507" spans="1:105">
       <c r="E507" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="508" spans="1:105">
       <c r="E508" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="509" spans="1:105">
       <c r="E509" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="510" spans="1:105">
       <c r="E510" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="511" spans="1:105">
       <c r="E511" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="512" spans="1:105">
       <c r="E512" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="513" spans="1:105">
       <c r="E513" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="514" spans="1:105">
       <c r="E514" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="515" spans="1:105">
       <c r="E515" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="516" spans="1:105">
       <c r="E516" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="517" spans="1:105">
       <c r="E517" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="518" spans="1:105">
       <c r="E518" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="519" spans="1:105">
       <c r="E519" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="520" spans="1:105">
       <c r="E520" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="521" spans="1:105">
       <c r="E521" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="522" spans="1:105">
       <c r="E522" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="523" spans="1:105">
       <c r="E523" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="524" spans="1:105">
       <c r="E524" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="525" spans="1:105">
       <c r="E525" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="526" spans="1:105">
       <c r="E526" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="527" spans="1:105">
       <c r="E527" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="528" spans="1:105">
       <c r="E528" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="529" spans="1:105">
       <c r="E529" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="530" spans="1:105">
       <c r="E530" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="531" spans="1:105">
       <c r="E531" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="532" spans="1:105">
       <c r="E532" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="533" spans="1:105">
       <c r="E533" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="534" spans="1:105">
       <c r="E534" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="535" spans="1:105">
       <c r="E535" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="536" spans="1:105">
       <c r="E536" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="537" spans="1:105">
       <c r="E537" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="538" spans="1:105">
       <c r="E538" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="539" spans="1:105">
       <c r="E539" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="540" spans="1:105">
       <c r="E540" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="541" spans="1:105">
       <c r="E541" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="542" spans="1:105">
       <c r="E542" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="543" spans="1:105">
       <c r="E543" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="544" spans="1:105">
       <c r="E544" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="545" spans="1:105">
       <c r="E545" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="546" spans="1:105">
       <c r="E546" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="547" spans="1:105">
       <c r="E547" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="548" spans="1:105">
       <c r="E548" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="549" spans="1:105">
       <c r="E549" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="550" spans="1:105">
       <c r="E550" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="551" spans="1:105">
       <c r="E551" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="552" spans="1:105">
       <c r="E552" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="553" spans="1:105">
       <c r="E553" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="554" spans="1:105">
       <c r="E554" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="555" spans="1:105">
       <c r="E555" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="556" spans="1:105">
       <c r="E556" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="557" spans="1:105">
       <c r="E557" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="558" spans="1:105">
       <c r="E558" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="559" spans="1:105">
       <c r="E559" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="560" spans="1:105">
       <c r="E560" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="561" spans="1:105">
       <c r="E561" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="562" spans="1:105">
       <c r="E562" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="563" spans="1:105">
       <c r="E563" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="564" spans="1:105">
       <c r="E564" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="565" spans="1:105">
       <c r="E565" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="566" spans="1:105">
       <c r="E566" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="567" spans="1:105">
       <c r="E567" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="568" spans="1:105">
       <c r="E568" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="569" spans="1:105">
       <c r="E569" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="570" spans="1:105">
       <c r="E570" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="571" spans="1:105">
       <c r="E571" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="572" spans="1:105">
       <c r="E572" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="573" spans="1:105">
       <c r="E573" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="574" spans="1:105">
       <c r="E574" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="575" spans="1:105">
       <c r="E575" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="576" spans="1:105">
       <c r="E576" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="577" spans="1:105">
       <c r="E577" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="578" spans="1:105">
       <c r="E578" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="579" spans="1:105">
       <c r="E579" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="580" spans="1:105">
       <c r="E580" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="581" spans="1:105">
       <c r="E581" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="582" spans="1:105">
       <c r="E582" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="583" spans="1:105">
       <c r="E583" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="584" spans="1:105">
       <c r="E584" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="585" spans="1:105">
       <c r="E585" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="586" spans="1:105">
       <c r="E586" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="587" spans="1:105">
       <c r="E587" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="588" spans="1:105">
       <c r="E588" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="589" spans="1:105">
       <c r="E589" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="590" spans="1:105">
       <c r="E590" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="591" spans="1:105">
       <c r="E591" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="592" spans="1:105">
       <c r="E592" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="593" spans="1:105">
       <c r="E593" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="594" spans="1:105">
       <c r="E594" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="595" spans="1:105">
       <c r="E595" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="596" spans="1:105">
       <c r="E596" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="597" spans="1:105">
       <c r="E597" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="598" spans="1:105">
       <c r="E598" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="599" spans="1:105">
       <c r="E599" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="600" spans="1:105">
       <c r="E600" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="601" spans="1:105">
       <c r="E601" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="602" spans="1:105">
       <c r="E602" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="603" spans="1:105">
       <c r="E603" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="604" spans="1:105">
       <c r="E604" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="605" spans="1:105">
       <c r="E605" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="606" spans="1:105">
       <c r="E606" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="607" spans="1:105">
       <c r="E607" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="608" spans="1:105">
       <c r="E608" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="609" spans="1:105">
       <c r="E609" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="610" spans="1:105">
       <c r="E610" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="611" spans="1:105">
       <c r="E611" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="612" spans="1:105">
       <c r="E612" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="613" spans="1:105">
       <c r="E613" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="614" spans="1:105">
       <c r="E614" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="615" spans="1:105">
       <c r="E615" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="616" spans="1:105">
       <c r="E616" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="617" spans="1:105">
       <c r="E617" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="618" spans="1:105">
       <c r="E618" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="619" spans="1:105">
       <c r="E619" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="620" spans="1:105">
       <c r="E620" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="621" spans="1:105">
       <c r="E621" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="622" spans="1:105">
       <c r="E622" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="623" spans="1:105">
       <c r="E623" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="624" spans="1:105">
       <c r="E624" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="625" spans="1:105">
       <c r="E625" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="626" spans="1:105">
       <c r="E626" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="627" spans="1:105">
       <c r="E627" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="628" spans="1:105">
       <c r="E628" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="629" spans="1:105">
       <c r="E629" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="630" spans="1:105">
       <c r="E630" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="631" spans="1:105">
       <c r="E631" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="632" spans="1:105">
       <c r="E632" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="633" spans="1:105">
       <c r="E633" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="634" spans="1:105">
       <c r="E634" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="635" spans="1:105">
       <c r="E635" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="636" spans="1:105">
       <c r="E636" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="637" spans="1:105">
       <c r="E637" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="638" spans="1:105">
       <c r="E638" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="639" spans="1:105">
       <c r="E639" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="640" spans="1:105">
       <c r="E640" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="641" spans="1:105">
       <c r="E641" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="642" spans="1:105">
       <c r="E642" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="643" spans="1:105">
       <c r="E643" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="644" spans="1:105">
       <c r="E644" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="645" spans="1:105">
       <c r="E645" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="646" spans="1:105">
       <c r="E646" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="647" spans="1:105">
       <c r="E647" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="648" spans="1:105">
       <c r="E648" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="649" spans="1:105">
       <c r="E649" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="650" spans="1:105">
       <c r="E650" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="651" spans="1:105">
       <c r="E651" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="652" spans="1:105">
       <c r="E652" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="653" spans="1:105">
       <c r="E653" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="654" spans="1:105">
       <c r="E654" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="655" spans="1:105">
       <c r="E655" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="656" spans="1:105">
       <c r="E656" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="657" spans="1:105">
       <c r="E657" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="658" spans="1:105">
       <c r="E658" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="659" spans="1:105">
       <c r="E659" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="660" spans="1:105">
       <c r="E660" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="661" spans="1:105">
       <c r="E661" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="662" spans="1:105">
       <c r="E662" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="663" spans="1:105">
       <c r="E663" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="664" spans="1:105">
       <c r="E664" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="665" spans="1:105">
       <c r="E665" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="666" spans="1:105">
       <c r="E666" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="667" spans="1:105">
       <c r="E667" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="668" spans="1:105">
       <c r="E668" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="669" spans="1:105">
       <c r="E669" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="670" spans="1:105">
       <c r="E670" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="671" spans="1:105">
       <c r="E671" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="672" spans="1:105">
       <c r="E672" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="673" spans="1:105">
       <c r="E673" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="674" spans="1:105">
       <c r="E674" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="675" spans="1:105">
       <c r="E675" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="676" spans="1:105">
       <c r="E676" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="677" spans="1:105">
       <c r="E677" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="678" spans="1:105">
       <c r="E678" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="679" spans="1:105">
       <c r="E679" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="680" spans="1:105">
       <c r="E680" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="681" spans="1:105">
       <c r="E681" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="682" spans="1:105">
       <c r="E682" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="683" spans="1:105">
       <c r="E683" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="684" spans="1:105">
       <c r="E684" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="685" spans="1:105">
       <c r="E685" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="686" spans="1:105">
       <c r="E686" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="687" spans="1:105">
       <c r="E687" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="688" spans="1:105">
       <c r="E688" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="689" spans="1:105">
       <c r="E689" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="690" spans="1:105">
       <c r="E690" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="691" spans="1:105">
       <c r="E691" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="692" spans="1:105">
       <c r="E692" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="693" spans="1:105">
       <c r="E693" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="694" spans="1:105">
       <c r="E694" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="695" spans="1:105">
       <c r="E695" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="696" spans="1:105">
       <c r="E696" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="697" spans="1:105">
       <c r="E697" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="698" spans="1:105">
       <c r="E698" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="699" spans="1:105">
       <c r="E699" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="700" spans="1:105">
       <c r="E700" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="701" spans="1:105">
       <c r="E701" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="702" spans="1:105">
       <c r="E702" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="703" spans="1:105">
       <c r="E703" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="704" spans="1:105">
       <c r="E704" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="705" spans="1:105">
       <c r="E705" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="706" spans="1:105">
       <c r="E706" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="707" spans="1:105">
       <c r="E707" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="708" spans="1:105">
       <c r="E708" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="709" spans="1:105">
       <c r="E709" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="710" spans="1:105">
       <c r="E710" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="711" spans="1:105">
       <c r="E711" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="712" spans="1:105">
       <c r="E712" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="713" spans="1:105">
       <c r="E713" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="714" spans="1:105">
       <c r="E714" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="715" spans="1:105">
       <c r="E715" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="716" spans="1:105">
       <c r="E716" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="717" spans="1:105">
       <c r="E717" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="718" spans="1:105">
       <c r="E718" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="719" spans="1:105">
       <c r="E719" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="720" spans="1:105">
       <c r="E720" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="721" spans="1:105">
       <c r="E721" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="722" spans="1:105">
       <c r="E722" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="723" spans="1:105">
       <c r="E723" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="724" spans="1:105">
       <c r="E724" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="725" spans="1:105">
       <c r="E725" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="726" spans="1:105">
       <c r="E726" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="727" spans="1:105">
       <c r="E727" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="728" spans="1:105">
       <c r="E728" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="729" spans="1:105">
       <c r="E729" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="730" spans="1:105">
       <c r="E730" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="731" spans="1:105">
       <c r="E731" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="732" spans="1:105">
       <c r="E732" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="733" spans="1:105">
       <c r="E733" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="734" spans="1:105">
       <c r="E734" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="735" spans="1:105">
       <c r="E735" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="736" spans="1:105">
       <c r="E736" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="737" spans="1:105">
       <c r="E737" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="738" spans="1:105">
       <c r="E738" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="739" spans="1:105">
       <c r="E739" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="740" spans="1:105">
       <c r="E740" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="741" spans="1:105">
       <c r="E741" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="742" spans="1:105">
       <c r="E742" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="743" spans="1:105">
       <c r="E743" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="744" spans="1:105">
       <c r="E744" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="745" spans="1:105">
       <c r="E745" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="746" spans="1:105">
       <c r="E746" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="747" spans="1:105">
       <c r="E747" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="748" spans="1:105">
       <c r="E748" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="749" spans="1:105">
       <c r="E749" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="750" spans="1:105">
       <c r="E750" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="751" spans="1:105">
       <c r="E751" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="752" spans="1:105">
       <c r="E752" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="753" spans="1:105">
       <c r="E753" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="754" spans="1:105">
       <c r="E754" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="755" spans="1:105">
       <c r="E755" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="756" spans="1:105">
       <c r="E756" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="757" spans="1:105">
       <c r="E757" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="758" spans="1:105">
       <c r="E758" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="759" spans="1:105">
       <c r="E759" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="760" spans="1:105">
       <c r="E760" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="761" spans="1:105">
       <c r="E761" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="762" spans="1:105">
       <c r="E762" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="763" spans="1:105">
       <c r="E763" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="764" spans="1:105">
       <c r="E764" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="765" spans="1:105">
       <c r="E765" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="766" spans="1:105">
       <c r="E766" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="767" spans="1:105">
       <c r="E767" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="768" spans="1:105">
       <c r="E768" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="769" spans="1:105">
       <c r="E769" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="770" spans="1:105">
       <c r="E770" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="771" spans="1:105">
       <c r="E771" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="772" spans="1:105">
       <c r="E772" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="773" spans="1:105">
       <c r="E773" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="774" spans="1:105">
       <c r="E774" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="775" spans="1:105">
       <c r="E775" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="776" spans="1:105">
       <c r="E776" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="777" spans="1:105">
       <c r="E777" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="778" spans="1:105">
       <c r="E778" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="779" spans="1:105">
       <c r="E779" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="780" spans="1:105">
       <c r="E780" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="781" spans="1:105">
       <c r="E781" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="782" spans="1:105">
       <c r="E782" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="783" spans="1:105">
       <c r="E783" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="784" spans="1:105">
       <c r="E784" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="785" spans="1:105">
       <c r="E785" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="786" spans="1:105">
       <c r="E786" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="787" spans="1:105">
       <c r="E787" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="788" spans="1:105">
       <c r="E788" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="789" spans="1:105">
       <c r="E789" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="790" spans="1:105">
       <c r="E790" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="791" spans="1:105">
       <c r="E791" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="792" spans="1:105">
       <c r="E792" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="793" spans="1:105">
       <c r="E793" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="794" spans="1:105">
       <c r="E794" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="795" spans="1:105">
       <c r="E795" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="796" spans="1:105">
       <c r="E796" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="797" spans="1:105">
       <c r="E797" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="798" spans="1:105">
       <c r="E798" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="799" spans="1:105">
       <c r="E799" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="800" spans="1:105">
       <c r="E800" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="801" spans="1:105">
       <c r="E801" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="802" spans="1:105">
       <c r="E802" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="803" spans="1:105">
       <c r="E803" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="804" spans="1:105">
       <c r="E804" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="805" spans="1:105">
       <c r="E805" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="806" spans="1:105">
       <c r="E806" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="807" spans="1:105">
       <c r="E807" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="808" spans="1:105">
       <c r="E808" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="809" spans="1:105">
       <c r="E809" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="810" spans="1:105">
       <c r="E810" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="811" spans="1:105">
       <c r="E811" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="812" spans="1:105">
       <c r="E812" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="813" spans="1:105">
       <c r="E813" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="814" spans="1:105">
       <c r="E814" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="815" spans="1:105">
       <c r="E815" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="816" spans="1:105">
       <c r="E816" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="817" spans="1:105">
       <c r="E817" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="818" spans="1:105">
       <c r="E818" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="819" spans="1:105">
       <c r="E819" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="820" spans="1:105">
       <c r="E820" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="821" spans="1:105">
       <c r="E821" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="822" spans="1:105">
       <c r="E822" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="823" spans="1:105">
       <c r="E823" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="824" spans="1:105">
       <c r="E824" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="825" spans="1:105">
       <c r="E825" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="826" spans="1:105">
       <c r="E826" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="827" spans="1:105">
       <c r="E827" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="828" spans="1:105">
       <c r="E828" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="829" spans="1:105">
       <c r="E829" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="830" spans="1:105">
       <c r="E830" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="831" spans="1:105">
       <c r="E831" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="832" spans="1:105">
       <c r="E832" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="833" spans="1:105">
       <c r="E833" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="834" spans="1:105">
       <c r="E834" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="835" spans="1:105">
       <c r="E835" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="836" spans="1:105">
       <c r="E836" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="837" spans="1:105">
       <c r="E837" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="838" spans="1:105">
       <c r="E838" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="839" spans="1:105">
       <c r="E839" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="840" spans="1:105">
       <c r="E840" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="841" spans="1:105">
       <c r="E841" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="842" spans="1:105">
       <c r="E842" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="843" spans="1:105">
       <c r="E843" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="844" spans="1:105">
       <c r="E844" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="845" spans="1:105">
       <c r="E845" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="846" spans="1:105">
       <c r="E846" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="847" spans="1:105">
       <c r="E847" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="848" spans="1:105">
       <c r="E848" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="849" spans="1:105">
       <c r="E849" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="850" spans="1:105">
       <c r="E850" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="851" spans="1:105">
       <c r="E851" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="852" spans="1:105">
       <c r="E852" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="853" spans="1:105">
       <c r="E853" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="854" spans="1:105">
       <c r="E854" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="855" spans="1:105">
       <c r="E855" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="856" spans="1:105">
       <c r="E856" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="857" spans="1:105">
       <c r="E857" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="858" spans="1:105">
       <c r="E858" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="859" spans="1:105">
       <c r="E859" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="860" spans="1:105">
       <c r="E860" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="861" spans="1:105">
       <c r="E861" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="862" spans="1:105">
       <c r="E862" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="863" spans="1:105">
       <c r="E863" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="864" spans="1:105">
       <c r="E864" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="865" spans="1:105">
       <c r="E865" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="866" spans="1:105">
       <c r="E866" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="867" spans="1:105">
       <c r="E867" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="868" spans="1:105">
       <c r="E868" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="869" spans="1:105">
       <c r="E869" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="870" spans="1:105">
       <c r="E870" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="871" spans="1:105">
       <c r="E871" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="872" spans="1:105">
       <c r="E872" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="873" spans="1:105">
       <c r="E873" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="874" spans="1:105">
       <c r="E874" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="875" spans="1:105">
       <c r="E875" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="876" spans="1:105">
       <c r="E876" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="877" spans="1:105">
       <c r="E877" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="878" spans="1:105">
       <c r="E878" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="879" spans="1:105">
       <c r="E879" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="880" spans="1:105">
       <c r="E880" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="881" spans="1:105">
       <c r="E881" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="882" spans="1:105">
       <c r="E882" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="883" spans="1:105">
       <c r="E883" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="884" spans="1:105">
       <c r="E884" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="885" spans="1:105">
       <c r="E885" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="886" spans="1:105">
       <c r="E886" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="887" spans="1:105">
       <c r="E887" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="888" spans="1:105">
       <c r="E888" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="889" spans="1:105">
       <c r="E889" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="890" spans="1:105">
       <c r="E890" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="891" spans="1:105">
       <c r="E891" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="892" spans="1:105">
       <c r="E892" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="893" spans="1:105">
       <c r="E893" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="894" spans="1:105">
       <c r="E894" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="895" spans="1:105">
       <c r="E895" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="896" spans="1:105">
       <c r="E896" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="897" spans="1:105">
       <c r="E897" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="898" spans="1:105">
       <c r="E898" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="899" spans="1:105">
       <c r="E899" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="900" spans="1:105">
       <c r="E900" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="901" spans="1:105">
       <c r="E901" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="902" spans="1:105">
       <c r="E902" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="903" spans="1:105">
       <c r="E903" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="904" spans="1:105">
       <c r="E904" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="905" spans="1:105">
       <c r="E905" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="906" spans="1:105">
       <c r="E906" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="907" spans="1:105">
       <c r="E907" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="908" spans="1:105">
       <c r="E908" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="909" spans="1:105">
       <c r="E909" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="910" spans="1:105">
       <c r="E910" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="911" spans="1:105">
       <c r="E911" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="912" spans="1:105">
       <c r="E912" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="913" spans="1:105">
       <c r="E913" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="914" spans="1:105">
       <c r="E914" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="915" spans="1:105">
       <c r="E915" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="916" spans="1:105">
       <c r="E916" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="917" spans="1:105">
       <c r="E917" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="918" spans="1:105">
       <c r="E918" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="919" spans="1:105">
       <c r="E919" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="920" spans="1:105">
       <c r="E920" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="921" spans="1:105">
       <c r="E921" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="922" spans="1:105">
       <c r="E922" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="923" spans="1:105">
       <c r="E923" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="924" spans="1:105">
       <c r="E924" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="925" spans="1:105">
       <c r="E925" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="926" spans="1:105">
       <c r="E926" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="927" spans="1:105">
       <c r="E927" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="928" spans="1:105">
       <c r="E928" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="929" spans="1:105">
       <c r="E929" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="930" spans="1:105">
       <c r="E930" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="931" spans="1:105">
       <c r="E931" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="932" spans="1:105">
       <c r="E932" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="933" spans="1:105">
       <c r="E933" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="934" spans="1:105">
       <c r="E934" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="935" spans="1:105">
       <c r="E935" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="936" spans="1:105">
       <c r="E936" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="937" spans="1:105">
       <c r="E937" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="938" spans="1:105">
       <c r="E938" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="939" spans="1:105">
       <c r="E939" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="940" spans="1:105">
       <c r="E940" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="941" spans="1:105">
       <c r="E941" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="942" spans="1:105">
       <c r="E942" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="943" spans="1:105">
       <c r="E943" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="944" spans="1:105">
       <c r="E944" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="945" spans="1:105">
       <c r="E945" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="946" spans="1:105">
       <c r="E946" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="947" spans="1:105">
       <c r="E947" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="948" spans="1:105">
       <c r="E948" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="949" spans="1:105">
       <c r="E949" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="950" spans="1:105">
       <c r="E950" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="951" spans="1:105">
       <c r="E951" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="952" spans="1:105">
       <c r="E952" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="953" spans="1:105">
       <c r="E953" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="954" spans="1:105">
       <c r="E954" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="955" spans="1:105">
       <c r="E955" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="956" spans="1:105">
       <c r="E956" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="957" spans="1:105">
       <c r="E957" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="958" spans="1:105">
       <c r="E958" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="959" spans="1:105">
       <c r="E959" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="960" spans="1:105">
       <c r="E960" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="961" spans="1:105">
       <c r="E961" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="962" spans="1:105">
       <c r="E962" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="963" spans="1:105">
       <c r="E963" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="964" spans="1:105">
       <c r="E964" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="965" spans="1:105">
       <c r="E965" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="966" spans="1:105">
       <c r="E966" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="967" spans="1:105">
       <c r="E967" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="968" spans="1:105">
       <c r="E968" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="969" spans="1:105">
       <c r="E969" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="970" spans="1:105">
       <c r="E970" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="971" spans="1:105">
       <c r="E971" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="972" spans="1:105">
       <c r="E972" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="973" spans="1:105">
       <c r="E973" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="974" spans="1:105">
       <c r="E974" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="975" spans="1:105">
       <c r="E975" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="976" spans="1:105">
       <c r="E976" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="977" spans="1:105">
       <c r="E977" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="978" spans="1:105">
       <c r="E978" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="979" spans="1:105">
       <c r="E979" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="980" spans="1:105">
       <c r="E980" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="981" spans="1:105">
       <c r="E981" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="982" spans="1:105">
       <c r="E982" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="983" spans="1:105">
       <c r="E983" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="984" spans="1:105">
       <c r="E984" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="985" spans="1:105">
       <c r="E985" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="986" spans="1:105">
       <c r="E986" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="987" spans="1:105">
       <c r="E987" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="988" spans="1:105">
       <c r="E988" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="989" spans="1:105">
       <c r="E989" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="990" spans="1:105">
       <c r="E990" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="991" spans="1:105">
       <c r="E991" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="992" spans="1:105">
       <c r="E992" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="993" spans="1:105">
       <c r="E993" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="994" spans="1:105">
       <c r="E994" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="995" spans="1:105">
       <c r="E995" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="996" spans="1:105">
       <c r="E996" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="997" spans="1:105">
       <c r="E997" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="998" spans="1:105">
       <c r="E998" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="999" spans="1:105">
       <c r="E999" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1000" spans="1:105">
       <c r="E1000" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
       <formula1>'Worksheet'!$DA$1:$DA$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>