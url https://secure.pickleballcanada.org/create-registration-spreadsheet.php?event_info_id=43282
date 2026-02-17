--- v0 (2025-12-10)
+++ v1 (2026-02-17)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>43282:typeValue:101</t>
   </si>
   <si>
     <t>43282:typeValue:102</t>
   </si>
   <si>
     <t>43282:typeValue:103</t>
   </si>
   <si>
     <t>43282:typeValue:104</t>
   </si>
   <si>
     <t>43282:typeValue:105</t>
   </si>
   <si>
     <t>43282:reg_event:1</t>
   </si>
   <si>
@@ -101,144 +101,165 @@
   <si>
     <t>Day #1</t>
   </si>
   <si>
     <t>Day #2</t>
   </si>
   <si>
     <t>Day #3</t>
   </si>
   <si>
     <t>Day #4</t>
   </si>
   <si>
     <t>Day #5</t>
   </si>
   <si>
     <t>Day #6</t>
   </si>
   <si>
     <t>Day #7</t>
   </si>
   <si>
     <t>Day #8</t>
   </si>
   <si>
-    <t>Dec 1</t>
-[...92 lines deleted...]
-    <t>Jan 1</t>
+    <t>Jan 23</t>
+  </si>
+  <si>
+    <t>Jan 24</t>
+  </si>
+  <si>
+    <t>Jan 25</t>
+  </si>
+  <si>
+    <t>Jan 26</t>
+  </si>
+  <si>
+    <t>Jan 27</t>
+  </si>
+  <si>
+    <t>Jan 28</t>
+  </si>
+  <si>
+    <t>Jan 29</t>
+  </si>
+  <si>
+    <t>Jan 30</t>
+  </si>
+  <si>
+    <t>Jan 31</t>
+  </si>
+  <si>
+    <t>Feb 1</t>
+  </si>
+  <si>
+    <t>Feb 2</t>
+  </si>
+  <si>
+    <t>Feb 3</t>
+  </si>
+  <si>
+    <t>Feb 4</t>
+  </si>
+  <si>
+    <t>Feb 5</t>
+  </si>
+  <si>
+    <t>Feb 6</t>
+  </si>
+  <si>
+    <t>Feb 7</t>
+  </si>
+  <si>
+    <t>Feb 8</t>
+  </si>
+  <si>
+    <t>Feb 9</t>
+  </si>
+  <si>
+    <t>Feb 10</t>
+  </si>
+  <si>
+    <t>Feb 11</t>
+  </si>
+  <si>
+    <t>Feb 12</t>
+  </si>
+  <si>
+    <t>Feb 13</t>
+  </si>
+  <si>
+    <t>Feb 14</t>
+  </si>
+  <si>
+    <t>Feb 15</t>
+  </si>
+  <si>
+    <t>Feb 16</t>
+  </si>
+  <si>
+    <t>Feb 17</t>
+  </si>
+  <si>
+    <t>Feb 18</t>
+  </si>
+  <si>
+    <t>Feb 19</t>
+  </si>
+  <si>
+    <t>Feb 20</t>
+  </si>
+  <si>
+    <t>Feb 21</t>
+  </si>
+  <si>
+    <t>Feb 22</t>
+  </si>
+  <si>
+    <t>Feb 23</t>
+  </si>
+  <si>
+    <t>Feb 24</t>
+  </si>
+  <si>
+    <t>Feb 25</t>
+  </si>
+  <si>
+    <t>Feb 26</t>
+  </si>
+  <si>
+    <t>Feb 27</t>
+  </si>
+  <si>
+    <t>Feb 28</t>
+  </si>
+  <si>
+    <t>Mar 1</t>
+  </si>
+  <si>
+    <t>Mar 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -916,269 +937,290 @@
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
     </row>
     <row r="5" spans="1:106">
       <c r="D5"/>
       <c r="E5" s="2"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
     </row>
     <row r="6" spans="1:106">
       <c r="E6" s="2"/>
     </row>
     <row r="7" spans="1:106">
       <c r="E7" s="2"/>
     </row>
     <row r="8" spans="1:106">
       <c r="E8" s="2"/>
-      <c r="DB8" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:106">
       <c r="E9" s="2"/>
-      <c r="DB9" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="10" spans="1:106">
       <c r="E10" s="2"/>
-      <c r="DB10" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="11" spans="1:106">
       <c r="E11" s="2"/>
       <c r="DB11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:106">
       <c r="E12" s="2"/>
       <c r="DB12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:106">
       <c r="E13" s="2"/>
       <c r="DB13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:106">
       <c r="E14" s="2"/>
       <c r="DB14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:106">
       <c r="E15" s="2"/>
       <c r="DB15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:106">
       <c r="E16" s="2"/>
       <c r="DB16" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:106">
       <c r="E17" s="2"/>
       <c r="DB17" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:106">
       <c r="E18" s="2"/>
       <c r="DB18" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:106">
       <c r="E19" s="2"/>
       <c r="DB19" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:106">
       <c r="E20" s="2"/>
       <c r="DB20" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:106">
       <c r="E21" s="2"/>
       <c r="DB21" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:106">
       <c r="E22" s="2"/>
       <c r="DB22" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:106">
       <c r="E23" s="2"/>
       <c r="DB23" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:106">
       <c r="E24" s="2"/>
       <c r="DB24" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:106">
       <c r="E25" s="2"/>
       <c r="DB25" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:106">
       <c r="E26" s="2"/>
       <c r="DB26" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:106">
       <c r="E27" s="2"/>
       <c r="DB27" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:106">
       <c r="E28" s="2"/>
       <c r="DB28" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:106">
       <c r="E29" s="2"/>
       <c r="DB29" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:106">
       <c r="E30" s="2"/>
       <c r="DB30" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:106">
       <c r="E31" s="2"/>
       <c r="DB31" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:106">
       <c r="E32" s="2"/>
       <c r="DB32" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:106">
       <c r="E33" s="2"/>
       <c r="DB33" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:106">
       <c r="E34" s="2"/>
       <c r="DB34" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:106">
       <c r="E35" s="2"/>
       <c r="DB35" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:106">
       <c r="E36" s="2"/>
       <c r="DB36" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:106">
       <c r="E37" s="2"/>
       <c r="DB37" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="38" spans="1:106">
       <c r="E38" s="2"/>
       <c r="DB38" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:106">
       <c r="E39" s="2"/>
       <c r="DB39" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:106">
       <c r="E40" s="2"/>
+      <c r="DB40" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="41" spans="1:106">
       <c r="E41" s="2"/>
+      <c r="DB41" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="42" spans="1:106">
       <c r="E42" s="2"/>
+      <c r="DB42" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="43" spans="1:106">
       <c r="E43" s="2"/>
+      <c r="DB43" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="44" spans="1:106">
       <c r="E44" s="2"/>
+      <c r="DB44" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="45" spans="1:106">
       <c r="E45" s="2"/>
+      <c r="DB45" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="46" spans="1:106">
       <c r="E46" s="2"/>
+      <c r="DB46" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="47" spans="1:106">
       <c r="E47" s="2"/>
+      <c r="DB47" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="48" spans="1:106">
       <c r="E48" s="2"/>
+      <c r="DB48" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="49" spans="1:106">
       <c r="E49" s="2"/>
+      <c r="DB49" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="50" spans="1:106">
       <c r="E50" s="2"/>
     </row>
     <row r="51" spans="1:106">
       <c r="E51" s="2"/>
     </row>
     <row r="52" spans="1:106">
       <c r="E52" s="2"/>
     </row>
     <row r="53" spans="1:106">
       <c r="E53" s="2"/>
     </row>
     <row r="54" spans="1:106">
       <c r="E54" s="2"/>
     </row>
     <row r="55" spans="1:106">
       <c r="E55" s="2"/>
     </row>
     <row r="56" spans="1:106">
       <c r="E56" s="2"/>
     </row>
     <row r="57" spans="1:106">
       <c r="E57" s="2"/>
     </row>
@@ -4000,72 +4042,72 @@
       <c r="E996" s="2"/>
     </row>
     <row r="997" spans="1:106">
       <c r="E997" s="2"/>
     </row>
     <row r="998" spans="1:106">
       <c r="E998" s="2"/>
     </row>
     <row r="999" spans="1:106">
       <c r="E999" s="2"/>
     </row>
     <row r="1000" spans="1:106">
       <c r="E1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="9">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$32</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$39</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
-      <formula1>'Worksheet'!$DB$1:$DB$32</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$39</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
-      <formula1>'Worksheet'!$DB$1:$DB$32</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$39</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
-      <formula1>'Worksheet'!$DB$1:$DB$32</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$39</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
-      <formula1>'Worksheet'!$DB$1:$DB$32</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$39</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
-      <formula1>'Worksheet'!$DB$1:$DB$32</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$39</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
-      <formula1>'Worksheet'!$DB$1:$DB$32</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$39</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
-      <formula1>'Worksheet'!$DB$1:$DB$32</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$39</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>