--- v0 (2026-01-30)
+++ v1 (2026-03-21)
@@ -884,383 +884,383 @@
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:106">
       <c r="D16" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:106">
       <c r="D17" t="s">
         <v>1</v>
       </c>
       <c r="DB17" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:106">
       <c r="D18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:106">
       <c r="D19" t="s">
         <v>1</v>
       </c>
-      <c r="DB19" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="20" spans="1:106">
       <c r="D20" t="s">
         <v>1</v>
       </c>
+      <c r="DB20" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="21" spans="1:106">
       <c r="D21" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:106">
       <c r="D22" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:106">
       <c r="D23" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:106">
       <c r="D24" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:106">
       <c r="D25" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:106">
       <c r="D26" t="s">
         <v>1</v>
       </c>
-      <c r="DB26" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="27" spans="1:106">
       <c r="D27" t="s">
         <v>1</v>
       </c>
       <c r="DB27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:106">
       <c r="D28" t="s">
         <v>1</v>
       </c>
+      <c r="DB28" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="29" spans="1:106">
       <c r="D29" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:106">
       <c r="D30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:106">
       <c r="D31" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:106">
       <c r="D32" t="s">
         <v>1</v>
       </c>
-      <c r="DB32" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="33" spans="1:106">
       <c r="D33" t="s">
         <v>1</v>
       </c>
+      <c r="DB33" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="34" spans="1:106">
       <c r="D34" t="s">
         <v>1</v>
       </c>
-      <c r="DB34" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="35" spans="1:106">
       <c r="D35" t="s">
         <v>1</v>
       </c>
+      <c r="DB35" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="36" spans="1:106">
       <c r="D36" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:106">
       <c r="D37" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:106">
       <c r="D38" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:106">
       <c r="D39" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:106">
       <c r="D40" t="s">
         <v>1</v>
       </c>
-      <c r="DB40" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41" spans="1:106">
       <c r="D41" t="s">
         <v>1</v>
       </c>
+      <c r="DB41" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="42" spans="1:106">
       <c r="D42" t="s">
         <v>1</v>
       </c>
-      <c r="DB42" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="43" spans="1:106">
       <c r="D43" t="s">
         <v>1</v>
       </c>
+      <c r="DB43" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="44" spans="1:106">
       <c r="D44" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:106">
       <c r="D45" t="s">
         <v>1</v>
       </c>
-      <c r="DB45" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="46" spans="1:106">
       <c r="D46" t="s">
         <v>1</v>
       </c>
+      <c r="DB46" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="47" spans="1:106">
       <c r="D47" t="s">
         <v>1</v>
       </c>
-      <c r="DB47" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="48" spans="1:106">
       <c r="D48" t="s">
         <v>1</v>
       </c>
       <c r="DB48" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:106">
       <c r="D49" t="s">
         <v>1</v>
       </c>
       <c r="DB49" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:106">
       <c r="D50" t="s">
         <v>1</v>
       </c>
+      <c r="DB50" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="51" spans="1:106">
       <c r="D51" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:106">
       <c r="D52" t="s">
         <v>1</v>
       </c>
-      <c r="DB52" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="53" spans="1:106">
       <c r="D53" t="s">
         <v>1</v>
       </c>
+      <c r="DB53" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="54" spans="1:106">
       <c r="D54" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:106">
       <c r="D55" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:106">
       <c r="D56" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:106">
       <c r="D57" t="s">
         <v>1</v>
       </c>
-      <c r="DB57" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="58" spans="1:106">
       <c r="D58" t="s">
         <v>1</v>
       </c>
       <c r="DB58" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:106">
       <c r="D59" t="s">
         <v>1</v>
       </c>
+      <c r="DB59" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="60" spans="1:106">
       <c r="D60" t="s">
         <v>1</v>
       </c>
-      <c r="DB60" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="61" spans="1:106">
       <c r="D61" t="s">
         <v>1</v>
       </c>
+      <c r="DB61" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="62" spans="1:106">
       <c r="D62" t="s">
         <v>1</v>
       </c>
-      <c r="DB62" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="63" spans="1:106">
       <c r="D63" t="s">
         <v>1</v>
       </c>
+      <c r="DB63" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="64" spans="1:106">
       <c r="D64" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:106">
       <c r="D65" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:106">
       <c r="D66" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:106">
       <c r="D67" t="s">
         <v>1</v>
       </c>
-      <c r="DB67" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="68" spans="1:106">
       <c r="D68" t="s">
         <v>1</v>
       </c>
+      <c r="DB68" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="69" spans="1:106">
       <c r="D69" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:106">
       <c r="D70" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:106">
       <c r="D71" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:106">
       <c r="D72" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:106">
       <c r="D73" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:106">
       <c r="D74" t="s">
         <v>1</v>
       </c>
-      <c r="DB74" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="75" spans="1:106">
       <c r="D75" t="s">
         <v>1</v>
+      </c>
+      <c r="DB75" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:106">
       <c r="D76" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:106">
       <c r="D77" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:106">
       <c r="D78" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:106">
       <c r="D79" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:106">
       <c r="D80" t="s">
         <v>1</v>
@@ -5855,51 +5855,51 @@
       <c r="D998" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="999" spans="1:106">
       <c r="D999" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="1000" spans="1:106">
       <c r="D1000" t="s">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$74</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$75</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>